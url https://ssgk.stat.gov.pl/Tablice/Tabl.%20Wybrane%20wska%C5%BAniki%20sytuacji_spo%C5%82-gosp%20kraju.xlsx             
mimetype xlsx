--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -3,56 +3,56 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Vmfgus09\os\OS-01\07_Sytuacja społeczno-gospodarcza kraju\00. MATERIAŁY DLA MARKA\0. Strona Sytuacji\Tablice\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\OS-01\07_Sytuacja społeczno-gospodarcza kraju\00. MATERIAŁY DLA MARKA\0. Strona Sytuacji\Tablice\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{12B1A089-FAE1-4CED-BCC8-2CA6E28AA744}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A3FDD193-ED8C-4855-8E74-3A23F5C4B6D2}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21240" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Strona 1" sheetId="1" r:id="rId1"/>
     <sheet name="Strona 2" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Morytz-Balska Ewa - Widok osobisty" guid="{A578F7BB-0D65-472D-B175-8659FD2A3112}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1056" activeSheetId="2"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="86">
   <si>
     <t>Wyszczególnienie</t>
   </si>
   <si>
     <t>a</t>
   </si>
@@ -814,66 +814,66 @@
   <si>
     <t>Wskaźniki cen towarów i usług konsumpcyjnych:</t>
   </si>
   <si>
     <t>Price indices of consumer goods and services:</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Selected indicators on the socio-economic situation of the country</t>
   </si>
   <si>
     <t>a – 2024</t>
   </si>
   <si>
     <t>b – 2025</t>
   </si>
   <si>
     <t>1 Dane dotyczą podmiotów gospodarczych o liczbie pracujących powyżej 9 osób; w przypadku sprzedaży detalicznej dane dotyczą przedsiębiorstw handlowych i niehandlowych.  2 Średnie ceny bieżące z 2021 r.  3 Przy podstawie okres poprzedni=100 jako ceny stałe przyjęto ceny bieżące z poprzedniego okresu, a przy podstawie analogiczny okres roku poprzedniego – ceny bieżące z analogicznego okresu roku poprzedniego.  4 Od stycznia 2025 r. – dane wstępne.</t>
   </si>
   <si>
     <t>1 Data concern economic entities employing more than 9 persons; in the case of retail sales data concern trade and non-trade enterprises.  2 The average current prices from 2021.  3 Current prices from the previous period were assumed as constant prices for the previous period = 100 base, and current prices from the corresponding period of the previous year – as constant prices for the corresponding period of the previous year base.  4 Since January 2025 – preliminary data.</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1 Dane dotyczą podmiotów gospodarczych o liczbie pracujących powyżej 9 osób; w przeliczeniu na etaty.  2 W październiku 2025 r. – dane wstępne.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> 1 Data concern economic entities employing more than 9 persons; in full-time equivalents.  2 In October 2025 – preliminary data.</t>
+    <t xml:space="preserve"> 1 Dane dotyczą podmiotów gospodarczych o liczbie pracujących powyżej 9 osób; w przeliczeniu na etaty.  2 W listopadzie 2025 r. – dane wstępne.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1 Data concern economic entities employing more than 9 persons; in full-time equivalents.  2 In November 2025 – preliminary data.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0;#,##0"/>
     <numFmt numFmtId="166" formatCode="###0;###0"/>
   </numFmts>
-  <fonts count="20">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF231F20"/>
       <name val="Myriad Pro SemiCond"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1253,51 +1253,51 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="145">
+  <cellXfs count="148">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
@@ -1649,50 +1649,57 @@
     <xf numFmtId="164" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="15" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF4D4D4D"/>
       <color rgb="FF242424"/>
       <color rgb="FF6D6E71"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
@@ -1958,2052 +1965,2082 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P46"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="40" zoomScaleNormal="40" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="41.26953125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="2.453125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="41.28515625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="2.42578125" style="1" customWidth="1"/>
+    <col min="3" max="14" width="6.7109375" style="1" customWidth="1"/>
+    <col min="15" max="15" width="2.42578125" style="1" customWidth="1"/>
     <col min="16" max="16" width="41" style="1" customWidth="1"/>
-    <col min="17" max="16384" width="9.1796875" style="1"/>
+    <col min="17" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:16" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="16"/>
       <c r="L1" s="16"/>
       <c r="M1" s="16"/>
       <c r="N1" s="16"/>
       <c r="O1" s="5"/>
       <c r="P1" s="5"/>
     </row>
-    <row r="2" spans="1:16" ht="14.5" thickBot="1">
+    <row r="2" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B2" s="16"/>
       <c r="C2" s="16"/>
       <c r="D2" s="16"/>
       <c r="E2" s="16"/>
       <c r="F2" s="16"/>
       <c r="G2" s="16"/>
       <c r="H2" s="16"/>
       <c r="I2" s="16"/>
       <c r="J2" s="16"/>
       <c r="K2" s="16"/>
       <c r="L2" s="16"/>
       <c r="M2" s="16"/>
       <c r="N2" s="16"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
     </row>
-    <row r="3" spans="1:16" s="3" customFormat="1">
+    <row r="3" spans="1:16" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="61"/>
       <c r="D3" s="48"/>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
       <c r="H3" s="48"/>
       <c r="I3" s="48"/>
       <c r="J3" s="48"/>
       <c r="K3" s="48"/>
       <c r="L3" s="48"/>
       <c r="M3" s="48"/>
       <c r="N3" s="54"/>
       <c r="O3" s="45"/>
       <c r="P3" s="6" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="4" spans="1:16" s="3" customFormat="1">
+    <row r="4" spans="1:16" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>80</v>
       </c>
       <c r="B4" s="52"/>
       <c r="C4" s="62" t="s">
         <v>54</v>
       </c>
       <c r="D4" s="49" t="s">
         <v>55</v>
       </c>
       <c r="E4" s="49" t="s">
         <v>56</v>
       </c>
       <c r="F4" s="49" t="s">
         <v>57</v>
       </c>
       <c r="G4" s="49" t="s">
         <v>58</v>
       </c>
       <c r="H4" s="49" t="s">
         <v>59</v>
       </c>
       <c r="I4" s="49" t="s">
         <v>60</v>
       </c>
       <c r="J4" s="49" t="s">
         <v>61</v>
       </c>
       <c r="K4" s="49" t="s">
         <v>62</v>
       </c>
       <c r="L4" s="49" t="s">
         <v>63</v>
       </c>
       <c r="M4" s="49" t="s">
         <v>64</v>
       </c>
       <c r="N4" s="55" t="s">
         <v>65</v>
       </c>
       <c r="O4" s="46"/>
       <c r="P4" s="7" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="5" spans="1:16" s="3" customFormat="1" ht="14.5" thickBot="1">
+    <row r="5" spans="1:16" s="3" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="8" t="s">
         <v>81</v>
       </c>
       <c r="B5" s="53"/>
       <c r="C5" s="63"/>
       <c r="D5" s="50"/>
       <c r="E5" s="50"/>
       <c r="F5" s="50"/>
       <c r="G5" s="50"/>
       <c r="H5" s="50"/>
       <c r="I5" s="50"/>
       <c r="J5" s="50"/>
       <c r="K5" s="50"/>
       <c r="L5" s="50"/>
       <c r="M5" s="50"/>
       <c r="N5" s="56"/>
       <c r="O5" s="47"/>
       <c r="P5" s="8" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="6" spans="1:16" ht="22">
+    <row r="6" spans="1:16" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A6" s="9" t="s">
         <v>48</v>
       </c>
       <c r="B6" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="124">
         <v>6516</v>
       </c>
       <c r="D6" s="125">
         <v>6511</v>
       </c>
       <c r="E6" s="126">
         <v>6501</v>
       </c>
       <c r="F6" s="126">
         <v>6499</v>
       </c>
       <c r="G6" s="126">
         <v>6488</v>
       </c>
       <c r="H6" s="127">
         <v>6485</v>
       </c>
       <c r="I6" s="127">
         <v>6489</v>
       </c>
       <c r="J6" s="127">
         <v>6470</v>
       </c>
       <c r="K6" s="127">
         <v>6462</v>
       </c>
       <c r="L6" s="127">
         <v>6458</v>
       </c>
       <c r="M6" s="128">
         <v>6463</v>
       </c>
       <c r="N6" s="129">
         <v>6454</v>
       </c>
       <c r="O6" s="19" t="s">
         <v>1</v>
       </c>
       <c r="P6" s="12" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="7" spans="1:16">
+    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A7" s="10"/>
       <c r="B7" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="59">
         <v>6455</v>
       </c>
       <c r="D7" s="38">
         <v>6452</v>
       </c>
       <c r="E7" s="139">
         <v>6444</v>
       </c>
       <c r="F7" s="139">
         <v>6447</v>
       </c>
       <c r="G7" s="37">
         <v>6433</v>
       </c>
       <c r="H7" s="18">
         <v>6436</v>
       </c>
       <c r="I7" s="18">
         <v>6432</v>
       </c>
       <c r="J7" s="18">
         <v>6419</v>
       </c>
       <c r="K7" s="18">
         <v>6410</v>
       </c>
       <c r="L7" s="18">
         <v>6405</v>
       </c>
-      <c r="M7" s="120"/>
+      <c r="M7" s="120">
+        <v>6414</v>
+      </c>
       <c r="N7" s="133"/>
       <c r="O7" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P7" s="10"/>
     </row>
-    <row r="8" spans="1:16" ht="20">
+    <row r="8" spans="1:16" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A8" s="12" t="s">
         <v>37</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="59">
         <v>837</v>
       </c>
       <c r="D8" s="38">
         <v>845</v>
       </c>
       <c r="E8" s="37">
         <v>822</v>
       </c>
       <c r="F8" s="38">
         <v>797</v>
       </c>
       <c r="G8" s="38">
         <v>777</v>
       </c>
       <c r="H8" s="18">
         <v>762</v>
       </c>
       <c r="I8" s="18">
         <v>765</v>
       </c>
       <c r="J8" s="118">
         <v>772</v>
       </c>
       <c r="K8" s="120">
         <v>770</v>
       </c>
       <c r="L8" s="44">
         <v>766</v>
       </c>
       <c r="M8" s="18">
         <v>775</v>
       </c>
       <c r="N8" s="130">
         <v>786</v>
       </c>
       <c r="O8" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P8" s="12" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="9" spans="1:16">
+    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A9" s="21"/>
       <c r="B9" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="59">
         <v>838</v>
       </c>
       <c r="D9" s="38">
         <v>847</v>
       </c>
       <c r="E9" s="37">
         <v>830</v>
       </c>
       <c r="F9" s="38">
         <v>803</v>
       </c>
       <c r="G9" s="38">
         <v>783</v>
       </c>
       <c r="H9" s="18">
         <v>797</v>
       </c>
       <c r="I9" s="18">
         <v>831</v>
       </c>
       <c r="J9" s="118">
         <v>856</v>
       </c>
       <c r="K9" s="120">
         <v>866</v>
       </c>
       <c r="L9" s="44">
         <v>867</v>
       </c>
-      <c r="M9" s="18"/>
+      <c r="M9" s="18">
+        <v>874</v>
+      </c>
       <c r="N9" s="130"/>
       <c r="O9" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P9" s="12"/>
     </row>
-    <row r="10" spans="1:16">
+    <row r="10" spans="1:16" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A10" s="12" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C10" s="42">
         <v>5.4</v>
       </c>
       <c r="D10" s="41">
         <v>5.4</v>
       </c>
       <c r="E10" s="39">
         <v>5.3</v>
       </c>
       <c r="F10" s="39">
         <v>5.0999999999999996</v>
       </c>
       <c r="G10" s="39">
         <v>5</v>
       </c>
       <c r="H10" s="2">
         <v>4.9000000000000004</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
         <v>5</v>
       </c>
       <c r="K10" s="2">
         <v>5</v>
       </c>
       <c r="L10" s="2">
         <v>4.9000000000000004</v>
       </c>
       <c r="M10" s="2">
         <v>5</v>
       </c>
       <c r="N10" s="15">
         <v>5.0999999999999996</v>
       </c>
       <c r="O10" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P10" s="12" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="11" spans="1:16">
+    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A11" s="10"/>
       <c r="B11" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="42">
         <v>5.4</v>
       </c>
       <c r="D11" s="41">
         <v>5.4</v>
       </c>
       <c r="E11" s="39">
         <v>5.3</v>
       </c>
       <c r="F11" s="39">
         <v>5.2</v>
       </c>
       <c r="G11" s="39">
         <v>5</v>
       </c>
       <c r="H11" s="2">
         <v>5.2</v>
       </c>
       <c r="I11" s="2">
         <v>5.4</v>
       </c>
       <c r="J11" s="2">
         <v>5.5</v>
       </c>
       <c r="K11" s="2">
         <v>5.6</v>
       </c>
       <c r="L11" s="2">
         <v>5.6</v>
       </c>
-      <c r="M11" s="2"/>
+      <c r="M11" s="2">
+        <v>5.6</v>
+      </c>
       <c r="N11" s="15"/>
       <c r="O11" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P11" s="10"/>
     </row>
-    <row r="12" spans="1:16" ht="23">
+    <row r="12" spans="1:16" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A12" s="23" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="20"/>
       <c r="C12" s="64"/>
       <c r="D12" s="65"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="40"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="14"/>
       <c r="L12" s="14"/>
       <c r="M12" s="14"/>
       <c r="N12" s="131"/>
       <c r="O12" s="13"/>
       <c r="P12" s="24" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="13" spans="1:16">
+    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A13" s="25" t="s">
         <v>52</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C13" s="64">
         <v>7768.35</v>
       </c>
       <c r="D13" s="65">
         <v>7978.99</v>
       </c>
       <c r="E13" s="40">
         <v>8408.7900000000009</v>
       </c>
       <c r="F13" s="40">
         <v>8271.99</v>
       </c>
       <c r="G13" s="40">
         <v>7999.69</v>
       </c>
       <c r="H13" s="14">
         <v>8144.83</v>
       </c>
       <c r="I13" s="14">
         <v>8278.6299999999992</v>
       </c>
       <c r="J13" s="14">
         <v>8189.74</v>
       </c>
       <c r="K13" s="14">
         <v>8140.98</v>
       </c>
       <c r="L13" s="14">
         <v>8316.57</v>
       </c>
       <c r="M13" s="14">
         <v>8478.26</v>
       </c>
       <c r="N13" s="131">
         <v>8821.25</v>
       </c>
       <c r="O13" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P13" s="26" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="14" spans="1:16">
+    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A14" s="27"/>
       <c r="B14" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="64">
         <v>8482.4699999999993</v>
       </c>
       <c r="D14" s="65">
         <v>8613.14</v>
       </c>
       <c r="E14" s="40">
         <v>9055.92</v>
       </c>
       <c r="F14" s="140">
         <v>9045.11</v>
       </c>
       <c r="G14" s="40">
         <v>8670.51</v>
       </c>
       <c r="H14" s="14">
         <v>8881.84</v>
       </c>
       <c r="I14" s="14">
         <v>8905.6299999999992</v>
       </c>
       <c r="J14" s="14">
         <v>8769.08</v>
       </c>
       <c r="K14" s="14">
         <v>8750.34</v>
       </c>
       <c r="L14" s="14">
         <v>8865.1200000000008</v>
       </c>
-      <c r="M14" s="14"/>
+      <c r="M14" s="14">
+        <v>9078.16</v>
+      </c>
       <c r="N14" s="131"/>
       <c r="O14" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P14" s="9"/>
     </row>
-    <row r="15" spans="1:16">
+    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A15" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C15" s="42">
         <v>96.7</v>
       </c>
       <c r="D15" s="41">
         <v>102.7</v>
       </c>
       <c r="E15" s="39">
         <v>105.4</v>
       </c>
       <c r="F15" s="39">
         <v>98.4</v>
       </c>
       <c r="G15" s="39">
         <v>96.7</v>
       </c>
       <c r="H15" s="2">
         <v>101.8</v>
       </c>
       <c r="I15" s="2">
         <v>101.6</v>
       </c>
       <c r="J15" s="2">
         <v>98.9</v>
       </c>
       <c r="K15" s="2">
         <v>99.4</v>
       </c>
       <c r="L15" s="2">
         <v>102.2</v>
       </c>
       <c r="M15" s="2">
         <v>101.9</v>
       </c>
       <c r="N15" s="15">
         <v>104</v>
       </c>
       <c r="O15" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P15" s="28" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="16" spans="1:16">
+    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A16" s="29"/>
       <c r="B16" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C16" s="42">
         <v>96.2</v>
       </c>
       <c r="D16" s="41">
         <v>101.5</v>
       </c>
       <c r="E16" s="136">
         <v>105.1</v>
       </c>
       <c r="F16" s="41">
         <v>99.9</v>
       </c>
       <c r="G16" s="136">
         <v>95.9</v>
       </c>
       <c r="H16" s="41">
         <v>102.4</v>
       </c>
       <c r="I16" s="136">
         <v>100.3</v>
       </c>
       <c r="J16" s="41">
         <v>98.5</v>
       </c>
       <c r="K16" s="136">
         <v>99.8</v>
       </c>
       <c r="L16" s="41">
         <v>101.3</v>
       </c>
-      <c r="M16" s="136"/>
+      <c r="M16" s="136">
+        <v>102.4</v>
+      </c>
       <c r="N16" s="41"/>
       <c r="O16" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P16" s="29"/>
     </row>
-    <row r="17" spans="1:16">
+    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A17" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B17" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C17" s="42">
         <v>112.8</v>
       </c>
       <c r="D17" s="41">
         <v>112.9</v>
       </c>
       <c r="E17" s="39">
         <v>112</v>
       </c>
       <c r="F17" s="39">
         <v>111.3</v>
       </c>
       <c r="G17" s="39">
         <v>111.4</v>
       </c>
       <c r="H17" s="2">
         <v>111</v>
       </c>
       <c r="I17" s="2">
         <v>110.6</v>
       </c>
       <c r="J17" s="2">
         <v>111.1</v>
       </c>
       <c r="K17" s="2">
         <v>110.3</v>
       </c>
       <c r="L17" s="2">
         <v>110.2</v>
       </c>
       <c r="M17" s="2">
         <v>110.5</v>
       </c>
       <c r="N17" s="15">
         <v>109.8</v>
       </c>
       <c r="O17" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P17" s="24" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="18" spans="1:16">
+    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A18" s="10"/>
       <c r="B18" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C18" s="42">
         <v>109.2</v>
       </c>
       <c r="D18" s="41">
         <v>107.9</v>
       </c>
       <c r="E18" s="39">
         <v>107.7</v>
       </c>
       <c r="F18" s="39">
         <v>109.3</v>
       </c>
       <c r="G18" s="39">
         <v>108.4</v>
       </c>
       <c r="H18" s="2">
         <v>109</v>
       </c>
       <c r="I18" s="2">
         <v>107.6</v>
       </c>
       <c r="J18" s="2">
         <v>107.1</v>
       </c>
       <c r="K18" s="2">
         <v>107.5</v>
       </c>
       <c r="L18" s="2">
         <v>106.6</v>
       </c>
-      <c r="M18" s="2"/>
+      <c r="M18" s="2">
+        <v>107.1</v>
+      </c>
       <c r="N18" s="15"/>
       <c r="O18" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P18" s="10"/>
     </row>
-    <row r="19" spans="1:16" ht="33">
+    <row r="19" spans="1:16" ht="33.75" x14ac:dyDescent="0.2">
       <c r="A19" s="23" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C19" s="42">
         <v>108.6</v>
       </c>
       <c r="D19" s="41">
         <v>109.6</v>
       </c>
       <c r="E19" s="39">
         <v>109.7</v>
       </c>
       <c r="F19" s="39">
         <v>108.5</v>
       </c>
       <c r="G19" s="39">
         <v>108.6</v>
       </c>
       <c r="H19" s="2">
         <v>108.1</v>
       </c>
       <c r="I19" s="2">
         <v>106.1</v>
       </c>
       <c r="J19" s="2">
         <v>106.6</v>
       </c>
       <c r="K19" s="2">
         <v>105.3</v>
       </c>
       <c r="L19" s="2">
         <v>105.2</v>
       </c>
       <c r="M19" s="2">
         <v>105.7</v>
       </c>
       <c r="N19" s="15">
         <v>105.1</v>
       </c>
       <c r="O19" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P19" s="26" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="20" spans="1:16">
+    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A20" s="23"/>
       <c r="B20" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C20" s="42">
         <v>104.3</v>
       </c>
       <c r="D20" s="41">
         <v>103.1</v>
       </c>
       <c r="E20" s="39">
         <v>103</v>
       </c>
       <c r="F20" s="121">
         <v>105.1</v>
       </c>
       <c r="G20" s="39">
         <v>104.4</v>
       </c>
       <c r="H20" s="2">
         <v>105</v>
       </c>
       <c r="I20" s="2">
         <v>104.6</v>
       </c>
       <c r="J20" s="2">
         <v>104.2</v>
       </c>
       <c r="K20" s="2">
         <v>104.6</v>
       </c>
       <c r="L20" s="119">
         <v>103.8</v>
       </c>
-      <c r="M20" s="2"/>
+      <c r="M20" s="2">
+        <v>104.6</v>
+      </c>
       <c r="N20" s="15"/>
       <c r="O20" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P20" s="9"/>
     </row>
-    <row r="21" spans="1:16">
+    <row r="21" spans="1:16" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A21" s="9" t="s">
         <v>39</v>
       </c>
       <c r="B21" s="20"/>
       <c r="C21" s="42"/>
       <c r="D21" s="41"/>
       <c r="E21" s="39"/>
       <c r="F21" s="39"/>
       <c r="G21" s="39"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
       <c r="N21" s="15"/>
       <c r="O21" s="13"/>
       <c r="P21" s="26" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="22" spans="1:16">
+    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A22" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B22" s="20"/>
       <c r="C22" s="42"/>
       <c r="D22" s="41"/>
       <c r="E22" s="39"/>
       <c r="F22" s="39"/>
       <c r="G22" s="39"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
       <c r="K22" s="2"/>
       <c r="L22" s="2"/>
       <c r="M22" s="2"/>
       <c r="N22" s="15"/>
       <c r="O22" s="13"/>
       <c r="P22" s="24" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="23" spans="1:16">
+    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A23" s="30" t="s">
         <v>4</v>
       </c>
       <c r="B23" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C23" s="42">
         <v>113.7</v>
       </c>
       <c r="D23" s="41">
         <v>114.7</v>
       </c>
       <c r="E23" s="39">
         <v>111.9</v>
       </c>
       <c r="F23" s="41">
         <v>111.6</v>
       </c>
       <c r="G23" s="39">
         <v>111.7</v>
       </c>
       <c r="H23" s="2">
         <v>111.5</v>
       </c>
       <c r="I23" s="39">
         <v>109.4</v>
       </c>
       <c r="J23" s="2">
         <v>109.2</v>
       </c>
       <c r="K23" s="119">
         <v>108.2</v>
       </c>
       <c r="L23" s="2">
         <v>108.1</v>
       </c>
       <c r="M23" s="119">
         <v>108.2</v>
       </c>
       <c r="N23" s="15">
         <v>108</v>
       </c>
       <c r="O23" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P23" s="24" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="24" spans="1:16">
+    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A24" s="9"/>
       <c r="B24" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="42">
         <v>107.8</v>
       </c>
       <c r="D24" s="41">
         <v>107.4</v>
       </c>
       <c r="E24" s="121">
         <v>101.1</v>
       </c>
       <c r="F24" s="41">
         <v>102</v>
       </c>
       <c r="G24" s="121">
         <v>102</v>
       </c>
       <c r="H24" s="119">
         <v>102.1</v>
       </c>
       <c r="I24" s="39">
         <v>104.3</v>
       </c>
       <c r="J24" s="2">
         <v>104.2</v>
       </c>
       <c r="K24" s="119">
         <v>104.5</v>
       </c>
       <c r="L24" s="2">
         <v>104.5</v>
       </c>
-      <c r="M24" s="119"/>
+      <c r="M24" s="119">
+        <v>104.7</v>
+      </c>
       <c r="N24" s="15"/>
       <c r="O24" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P24" s="9"/>
     </row>
-    <row r="25" spans="1:16">
+    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="20"/>
       <c r="C25" s="42"/>
       <c r="D25" s="41"/>
       <c r="E25" s="39"/>
       <c r="F25" s="39"/>
       <c r="G25" s="121"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
       <c r="K25" s="2"/>
       <c r="L25" s="2"/>
       <c r="M25" s="119"/>
       <c r="N25" s="15"/>
       <c r="O25" s="13"/>
       <c r="P25" s="24" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="26" spans="1:16">
+    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A26" s="30" t="s">
         <v>4</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C26" s="42">
         <v>122</v>
       </c>
       <c r="D26" s="41">
         <v>123.1</v>
       </c>
       <c r="E26" s="39">
         <v>110.6</v>
       </c>
       <c r="F26" s="39">
         <v>109.9</v>
       </c>
       <c r="G26" s="121">
         <v>109.9</v>
       </c>
       <c r="H26" s="2">
         <v>109.6</v>
       </c>
       <c r="I26" s="39">
         <v>107.2</v>
       </c>
       <c r="J26" s="2">
         <v>107.2</v>
       </c>
       <c r="K26" s="2">
         <v>106.1</v>
       </c>
       <c r="L26" s="2">
         <v>105.8</v>
       </c>
       <c r="M26" s="119">
         <v>106</v>
       </c>
       <c r="N26" s="15">
         <v>106.3</v>
       </c>
       <c r="O26" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P26" s="24" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="27" spans="1:16">
+    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A27" s="9"/>
       <c r="B27" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="42">
         <v>105.6</v>
       </c>
       <c r="D27" s="41">
         <v>105.8</v>
       </c>
       <c r="E27" s="121">
         <v>99.6</v>
       </c>
       <c r="F27" s="39">
         <v>100.3</v>
       </c>
       <c r="G27" s="121">
         <v>100.3</v>
       </c>
       <c r="H27" s="119">
         <v>101.3</v>
       </c>
       <c r="I27" s="39">
-        <v>102.1</v>
+        <v>102.9</v>
       </c>
       <c r="J27" s="2">
-        <v>100.4</v>
+        <v>101.4</v>
       </c>
       <c r="K27" s="2">
-        <v>99.7</v>
+        <v>100.7</v>
       </c>
       <c r="L27" s="2">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="M27" s="119"/>
+        <v>100.1</v>
+      </c>
+      <c r="M27" s="119">
+        <v>99.6</v>
+      </c>
       <c r="N27" s="15"/>
       <c r="O27" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P27" s="9"/>
     </row>
-    <row r="28" spans="1:16">
+    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A28" s="12" t="s">
         <v>76</v>
       </c>
       <c r="B28" s="20"/>
       <c r="C28" s="42"/>
       <c r="D28" s="41"/>
       <c r="E28" s="39"/>
       <c r="F28" s="39"/>
       <c r="G28" s="39"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
       <c r="M28" s="2"/>
       <c r="N28" s="15"/>
       <c r="O28" s="13"/>
       <c r="P28" s="12" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="29" spans="1:16">
+    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B29" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C29" s="42">
         <v>100.4</v>
       </c>
       <c r="D29" s="41">
         <v>100.3</v>
       </c>
       <c r="E29" s="39">
         <v>100.2</v>
       </c>
       <c r="F29" s="39">
         <v>101.1</v>
       </c>
       <c r="G29" s="39">
         <v>100.1</v>
       </c>
       <c r="H29" s="2">
         <v>100.1</v>
       </c>
       <c r="I29" s="2">
         <v>101.4</v>
       </c>
       <c r="J29" s="2">
         <v>100.1</v>
       </c>
       <c r="K29" s="2">
         <v>100.1</v>
       </c>
       <c r="L29" s="2">
         <v>100.3</v>
       </c>
       <c r="M29" s="2">
         <v>100.5</v>
       </c>
       <c r="N29" s="15">
         <v>100</v>
       </c>
       <c r="O29" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P29" s="12" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="30" spans="1:16">
+    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A30" s="11"/>
       <c r="B30" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C30" s="42">
         <v>101</v>
       </c>
       <c r="D30" s="41">
         <v>100.3</v>
       </c>
       <c r="E30" s="121">
         <v>100.2</v>
       </c>
       <c r="F30" s="39">
         <v>100.4</v>
       </c>
       <c r="G30" s="39">
         <v>99.8</v>
       </c>
       <c r="H30" s="2">
         <v>100.1</v>
       </c>
       <c r="I30" s="2">
         <v>100.3</v>
       </c>
       <c r="J30" s="2">
         <v>100</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
         <v>100.1</v>
       </c>
-      <c r="M30" s="2"/>
+      <c r="M30" s="2">
+        <v>100.1</v>
+      </c>
       <c r="N30" s="15"/>
       <c r="O30" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P30" s="10"/>
     </row>
-    <row r="31" spans="1:16">
+    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A31" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B31" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="42">
         <v>103.7</v>
       </c>
       <c r="D31" s="41">
         <v>102.8</v>
       </c>
       <c r="E31" s="39">
         <v>102</v>
       </c>
       <c r="F31" s="39">
         <v>102.4</v>
       </c>
       <c r="G31" s="39">
         <v>102.5</v>
       </c>
       <c r="H31" s="2">
         <v>102.6</v>
       </c>
       <c r="I31" s="2">
         <v>104.2</v>
       </c>
       <c r="J31" s="2">
         <v>104.3</v>
       </c>
       <c r="K31" s="2">
         <v>104.9</v>
       </c>
       <c r="L31" s="2">
         <v>105</v>
       </c>
       <c r="M31" s="2">
         <v>104.7</v>
       </c>
       <c r="N31" s="15">
         <v>104.7</v>
       </c>
       <c r="O31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P31" s="12" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="32" spans="1:16">
+    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A32" s="11"/>
       <c r="B32" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="42">
         <v>104.9</v>
       </c>
       <c r="D32" s="41">
         <v>104.9</v>
       </c>
       <c r="E32" s="121">
         <v>104.9</v>
       </c>
       <c r="F32" s="39">
         <v>104.3</v>
       </c>
       <c r="G32" s="39">
         <v>104</v>
       </c>
       <c r="H32" s="2">
         <v>104.1</v>
       </c>
       <c r="I32" s="2">
         <v>103.1</v>
       </c>
       <c r="J32" s="2">
         <v>102.9</v>
       </c>
       <c r="K32" s="2">
         <v>102.9</v>
       </c>
       <c r="L32" s="2">
         <v>102.8</v>
       </c>
-      <c r="M32" s="2"/>
+      <c r="M32" s="2">
+        <v>102.5</v>
+      </c>
       <c r="N32" s="15"/>
       <c r="O32" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P32" s="12"/>
     </row>
-    <row r="33" spans="1:16">
+    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A33" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C33" s="42">
         <v>100.4</v>
       </c>
       <c r="D33" s="41">
         <v>100.7</v>
       </c>
       <c r="E33" s="39">
         <v>100.9</v>
       </c>
       <c r="F33" s="39">
         <v>102</v>
       </c>
       <c r="G33" s="39">
         <v>102.1</v>
       </c>
       <c r="H33" s="2">
         <v>102.2</v>
       </c>
       <c r="I33" s="2">
         <v>103.7</v>
       </c>
       <c r="J33" s="2">
         <v>103.8</v>
       </c>
       <c r="K33" s="2">
         <v>103.8</v>
       </c>
       <c r="L33" s="2">
         <v>104.2</v>
       </c>
       <c r="M33" s="2">
         <v>104.6</v>
       </c>
       <c r="N33" s="15">
         <v>104.7</v>
       </c>
       <c r="O33" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P33" s="12" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="34" spans="1:16">
+    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A34" s="11"/>
       <c r="B34" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C34" s="42">
         <v>101</v>
       </c>
       <c r="D34" s="41">
         <v>101.3</v>
       </c>
       <c r="E34" s="121">
         <v>101.5</v>
       </c>
       <c r="F34" s="39">
         <v>101.9</v>
       </c>
       <c r="G34" s="39">
         <v>101.7</v>
       </c>
       <c r="H34" s="2">
         <v>101.8</v>
       </c>
       <c r="I34" s="2">
         <v>102.2</v>
       </c>
       <c r="J34" s="2">
         <v>102.2</v>
       </c>
       <c r="K34" s="2">
         <v>102.2</v>
       </c>
       <c r="L34" s="2">
         <v>102.3</v>
       </c>
-      <c r="M34" s="2"/>
+      <c r="M34" s="2">
+        <v>102.4</v>
+      </c>
       <c r="N34" s="15"/>
       <c r="O34" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P34" s="12"/>
     </row>
-    <row r="35" spans="1:16">
+    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A35" s="9" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="20"/>
       <c r="C35" s="42"/>
       <c r="D35" s="41"/>
       <c r="E35" s="39"/>
       <c r="F35" s="39"/>
       <c r="G35" s="39"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
       <c r="J35" s="2"/>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
       <c r="M35" s="2"/>
       <c r="N35" s="15"/>
       <c r="O35" s="13"/>
       <c r="P35" s="9" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="36" spans="1:16">
+    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B36" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C36" s="42">
         <v>98.1</v>
       </c>
       <c r="D36" s="41">
         <v>100.1</v>
       </c>
       <c r="E36" s="39">
         <v>99.5</v>
       </c>
       <c r="F36" s="39">
         <v>100.3</v>
       </c>
       <c r="G36" s="39">
         <v>99.7</v>
       </c>
       <c r="H36" s="2">
         <v>100.4</v>
       </c>
       <c r="I36" s="2">
         <v>99.6</v>
       </c>
       <c r="J36" s="2">
         <v>99.5</v>
       </c>
       <c r="K36" s="2">
         <v>99.7</v>
       </c>
       <c r="L36" s="2">
         <v>100.5</v>
       </c>
       <c r="M36" s="2">
         <v>100.2</v>
       </c>
       <c r="N36" s="15">
         <v>99.7</v>
       </c>
       <c r="O36" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P36" s="12" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="37" spans="1:16">
+    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A37" s="11"/>
       <c r="B37" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C37" s="42">
         <v>99.8</v>
       </c>
       <c r="D37" s="41">
         <v>99.8</v>
       </c>
       <c r="E37" s="39">
         <v>99.8</v>
       </c>
       <c r="F37" s="39">
         <v>99.7</v>
       </c>
       <c r="G37" s="39">
         <v>99.7</v>
       </c>
       <c r="H37" s="2">
         <v>100.5</v>
       </c>
       <c r="I37" s="2">
         <v>99.8</v>
       </c>
       <c r="J37" s="2">
         <v>99.5</v>
       </c>
       <c r="K37" s="2">
         <v>99.5</v>
       </c>
       <c r="L37" s="2">
-        <v>99.8</v>
-[...1 lines deleted...]
-      <c r="M37" s="2"/>
+        <v>99.7</v>
+      </c>
+      <c r="M37" s="2">
+        <v>100.1</v>
+      </c>
       <c r="N37" s="15"/>
       <c r="O37" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P37" s="12"/>
     </row>
-    <row r="38" spans="1:16">
+    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A38" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C38" s="42">
         <v>89.4</v>
       </c>
       <c r="D38" s="41">
         <v>90</v>
       </c>
       <c r="E38" s="39">
         <v>90.1</v>
       </c>
       <c r="F38" s="39">
         <v>91.5</v>
       </c>
       <c r="G38" s="39">
         <v>93</v>
       </c>
       <c r="H38" s="2">
         <v>94.2</v>
       </c>
       <c r="I38" s="2">
         <v>94.9</v>
       </c>
       <c r="J38" s="39">
         <v>94.5</v>
       </c>
       <c r="K38" s="2">
         <v>93.8</v>
       </c>
       <c r="L38" s="2">
         <v>94.9</v>
       </c>
       <c r="M38" s="2">
         <v>96.2</v>
       </c>
       <c r="N38" s="15">
         <v>97.3</v>
       </c>
       <c r="O38" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P38" s="12" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="39" spans="1:16">
+    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A39" s="11"/>
       <c r="B39" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="42">
         <v>99</v>
       </c>
       <c r="D39" s="41">
         <v>98.7</v>
       </c>
       <c r="E39" s="39">
         <v>99</v>
       </c>
       <c r="F39" s="39">
         <v>98.4</v>
       </c>
       <c r="G39" s="39">
         <v>98.5</v>
       </c>
       <c r="H39" s="2">
         <v>98.5</v>
       </c>
       <c r="I39" s="2">
         <v>98.7</v>
       </c>
       <c r="J39" s="39">
         <v>98.7</v>
       </c>
       <c r="K39" s="2">
         <v>98.6</v>
       </c>
       <c r="L39" s="2">
         <v>97.8</v>
       </c>
-      <c r="M39" s="2"/>
+      <c r="M39" s="2">
+        <v>97.6</v>
+      </c>
       <c r="N39" s="15"/>
       <c r="O39" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P39" s="9"/>
     </row>
-    <row r="40" spans="1:16">
+    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A40" s="9" t="s">
         <v>74</v>
       </c>
       <c r="B40" s="20"/>
       <c r="C40" s="42"/>
       <c r="D40" s="41"/>
       <c r="E40" s="39"/>
       <c r="F40" s="39"/>
       <c r="G40" s="39"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
       <c r="K40" s="2"/>
       <c r="L40" s="2"/>
       <c r="M40" s="2"/>
       <c r="N40" s="15"/>
       <c r="O40" s="13"/>
       <c r="P40" s="9" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="41" spans="1:16">
+    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A41" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B41" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C41" s="42">
         <v>100.5</v>
       </c>
       <c r="D41" s="41">
         <v>100.3</v>
       </c>
       <c r="E41" s="39">
         <v>100.4</v>
       </c>
       <c r="F41" s="39">
         <v>100.5</v>
       </c>
       <c r="G41" s="39">
         <v>100.4</v>
       </c>
       <c r="H41" s="2">
         <v>100.3</v>
       </c>
       <c r="I41" s="2">
         <v>100.4</v>
       </c>
       <c r="J41" s="2">
         <v>100.3</v>
       </c>
       <c r="K41" s="2">
         <v>100.3</v>
       </c>
       <c r="L41" s="2">
         <v>100.4</v>
       </c>
       <c r="M41" s="2">
         <v>100</v>
       </c>
       <c r="N41" s="15">
         <v>100.1</v>
       </c>
       <c r="O41" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P41" s="12" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="42" spans="1:16">
+    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A42" s="11"/>
       <c r="B42" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C42" s="42">
         <v>100.1</v>
       </c>
       <c r="D42" s="41">
         <v>100.2</v>
       </c>
       <c r="E42" s="39">
         <v>100.5</v>
       </c>
       <c r="F42" s="39">
         <v>100.2</v>
       </c>
       <c r="G42" s="39">
         <v>100.3</v>
       </c>
       <c r="H42" s="2">
         <v>100.1</v>
       </c>
       <c r="I42" s="2">
         <v>100.5</v>
       </c>
       <c r="J42" s="2">
         <v>100.1</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
         <v>100.8</v>
       </c>
-      <c r="M42" s="2"/>
+      <c r="M42" s="2">
+        <v>100.3</v>
+      </c>
       <c r="N42" s="15"/>
       <c r="O42" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P42" s="12"/>
     </row>
-    <row r="43" spans="1:16">
+    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A43" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B43" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C43" s="42">
         <v>107.8</v>
       </c>
       <c r="D43" s="41">
         <v>107.5</v>
       </c>
       <c r="E43" s="39">
         <v>107.3</v>
       </c>
       <c r="F43" s="39">
         <v>107.1</v>
       </c>
       <c r="G43" s="39">
         <v>106.6</v>
       </c>
       <c r="H43" s="2">
         <v>106</v>
       </c>
       <c r="I43" s="2">
         <v>105.7</v>
       </c>
       <c r="J43" s="2">
         <v>105.3</v>
       </c>
       <c r="K43" s="2">
         <v>105</v>
       </c>
       <c r="L43" s="2">
         <v>104.9</v>
       </c>
       <c r="M43" s="2">
         <v>104.4</v>
       </c>
       <c r="N43" s="15">
         <v>103.9</v>
       </c>
       <c r="O43" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P43" s="12" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="44" spans="1:16">
+    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A44" s="9"/>
       <c r="B44" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C44" s="42">
         <v>103.7</v>
       </c>
       <c r="D44" s="41">
         <v>103.7</v>
       </c>
       <c r="E44" s="39">
         <v>103.7</v>
       </c>
       <c r="F44" s="39">
         <v>103.4</v>
       </c>
       <c r="G44" s="39">
         <v>103.3</v>
       </c>
       <c r="H44" s="2">
         <v>103</v>
       </c>
       <c r="I44" s="2">
         <v>103.1</v>
       </c>
       <c r="J44" s="2">
         <v>102.8</v>
       </c>
       <c r="K44" s="2">
         <v>102.5</v>
       </c>
       <c r="L44" s="2">
-        <v>102.9</v>
-[...1 lines deleted...]
-      <c r="M44" s="2"/>
+        <v>102.8</v>
+      </c>
+      <c r="M44" s="2">
+        <v>103.1</v>
+      </c>
       <c r="N44" s="15"/>
       <c r="O44" s="31" t="s">
         <v>2</v>
       </c>
       <c r="P44" s="32"/>
     </row>
-    <row r="45" spans="1:16" ht="24.65" customHeight="1">
+    <row r="45" spans="1:16" ht="24.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="33" t="s">
         <v>84</v>
       </c>
       <c r="B45" s="34"/>
       <c r="C45" s="34"/>
       <c r="D45" s="34"/>
       <c r="E45" s="34"/>
       <c r="F45" s="34"/>
       <c r="G45" s="34"/>
       <c r="H45" s="34"/>
       <c r="I45" s="34"/>
       <c r="J45" s="34"/>
       <c r="K45" s="34"/>
       <c r="L45" s="34"/>
       <c r="M45" s="34"/>
       <c r="N45" s="34"/>
       <c r="O45" s="35"/>
       <c r="P45" s="35"/>
     </row>
-    <row r="46" spans="1:16" ht="12" customHeight="1">
+    <row r="46" spans="1:16" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="43" t="s">
         <v>85</v>
       </c>
       <c r="B46" s="36"/>
       <c r="C46" s="36"/>
       <c r="D46" s="36"/>
       <c r="E46" s="36"/>
       <c r="F46" s="36"/>
       <c r="G46" s="36"/>
       <c r="H46" s="36"/>
       <c r="I46" s="36"/>
       <c r="J46" s="36"/>
       <c r="K46" s="36"/>
       <c r="L46" s="36"/>
       <c r="M46" s="36"/>
       <c r="N46" s="36"/>
       <c r="O46" s="5"/>
       <c r="P46" s="5"/>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{A578F7BB-0D65-472D-B175-8659FD2A3112}" topLeftCell="A18">
       <selection activeCell="A46" sqref="A46"/>
       <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
       <pageSetup paperSize="9" scale="90" fitToWidth="0" orientation="landscape" r:id="rId1"/>
     </customSheetView>
   </customSheetViews>
   <pageMargins left="0.19685039370078741" right="3.937007874015748E-2" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" fitToWidth="0" orientation="landscape" r:id="rId2"/>
   <ignoredErrors>
     <ignoredError sqref="C4:D4" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:CY42"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A13" zoomScale="40" zoomScaleNormal="40" zoomScaleSheetLayoutView="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="41.1796875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="2.453125" customWidth="1"/>
+    <col min="1" max="1" width="41.140625" customWidth="1"/>
+    <col min="2" max="2" width="2.42578125" customWidth="1"/>
+    <col min="3" max="14" width="9.28515625" customWidth="1"/>
+    <col min="15" max="15" width="2.42578125" customWidth="1"/>
     <col min="16" max="16" width="41" customWidth="1"/>
-    <col min="17" max="17" width="42.81640625" style="67" customWidth="1"/>
-    <col min="18" max="18" width="11.54296875" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="42.85546875" style="67" customWidth="1"/>
+    <col min="18" max="18" width="11.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="15.5">
+    <row r="1" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="66"/>
       <c r="C1" s="66"/>
       <c r="D1" s="66"/>
       <c r="E1" s="66"/>
       <c r="F1" s="66"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
       <c r="L1" s="5"/>
       <c r="M1" s="5"/>
       <c r="N1" s="5"/>
       <c r="O1" s="5"/>
       <c r="P1" s="5"/>
     </row>
-    <row r="2" spans="1:19" ht="16" thickBot="1">
+    <row r="2" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B2" s="66"/>
       <c r="C2" s="66"/>
       <c r="D2" s="66"/>
       <c r="E2" s="66"/>
       <c r="F2" s="66"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
       <c r="M2" s="5"/>
       <c r="N2" s="5"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
     </row>
-    <row r="3" spans="1:19" ht="10.15" customHeight="1">
+    <row r="3" spans="1:19" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="68" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="69"/>
       <c r="C3" s="61"/>
       <c r="D3" s="48"/>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
       <c r="H3" s="48"/>
       <c r="I3" s="48"/>
       <c r="J3" s="48"/>
       <c r="K3" s="48"/>
       <c r="L3" s="48"/>
       <c r="M3" s="48"/>
       <c r="N3" s="54"/>
       <c r="O3" s="70"/>
       <c r="P3" s="71" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="4" spans="1:19" ht="10.15" customHeight="1">
+    <row r="4" spans="1:19" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="72" t="s">
         <v>80</v>
       </c>
       <c r="B4" s="73"/>
       <c r="C4" s="62" t="s">
         <v>54</v>
       </c>
       <c r="D4" s="49" t="s">
         <v>55</v>
       </c>
       <c r="E4" s="49" t="s">
         <v>56</v>
       </c>
       <c r="F4" s="49" t="s">
         <v>57</v>
       </c>
       <c r="G4" s="49" t="s">
         <v>58</v>
       </c>
       <c r="H4" s="49" t="s">
         <v>59</v>
       </c>
       <c r="I4" s="49" t="s">
         <v>60</v>
       </c>
       <c r="J4" s="49" t="s">
         <v>61</v>
       </c>
       <c r="K4" s="49" t="s">
         <v>62</v>
       </c>
       <c r="L4" s="49" t="s">
         <v>63</v>
       </c>
       <c r="M4" s="49" t="s">
         <v>64</v>
       </c>
       <c r="N4" s="55" t="s">
         <v>65</v>
       </c>
       <c r="O4" s="74"/>
       <c r="P4" s="75" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="5" spans="1:19" ht="13.5" customHeight="1" thickBot="1">
+    <row r="5" spans="1:19" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="76" t="s">
         <v>81</v>
       </c>
       <c r="B5" s="77"/>
       <c r="C5" s="63"/>
       <c r="D5" s="50"/>
       <c r="E5" s="50"/>
       <c r="F5" s="50"/>
       <c r="G5" s="50"/>
       <c r="H5" s="50"/>
       <c r="I5" s="50"/>
       <c r="J5" s="50"/>
       <c r="K5" s="50"/>
       <c r="L5" s="50"/>
       <c r="M5" s="50"/>
       <c r="N5" s="56"/>
       <c r="O5" s="78"/>
       <c r="P5" s="79" t="s">
         <v>81</v>
       </c>
       <c r="Q5" s="80"/>
       <c r="R5" s="81"/>
       <c r="S5" s="81"/>
     </row>
-    <row r="6" spans="1:19" ht="15" customHeight="1">
+    <row r="6" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="73" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="82"/>
       <c r="C6" s="132"/>
       <c r="D6" s="84"/>
       <c r="E6" s="84"/>
       <c r="F6" s="84"/>
       <c r="G6" s="84"/>
       <c r="H6" s="84"/>
       <c r="I6" s="84"/>
       <c r="J6" s="84"/>
       <c r="K6" s="84"/>
       <c r="L6" s="84"/>
       <c r="M6" s="84"/>
       <c r="N6" s="83"/>
       <c r="O6" s="85"/>
       <c r="P6" s="86" t="s">
         <v>43</v>
       </c>
       <c r="Q6" s="80"/>
       <c r="R6" s="87"/>
       <c r="S6" s="87"/>
     </row>
-    <row r="7" spans="1:19" ht="15" customHeight="1">
+    <row r="7" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="88" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="42">
         <v>103.6</v>
       </c>
       <c r="D7" s="41">
         <v>100.7</v>
       </c>
       <c r="E7" s="41">
         <v>103.9</v>
       </c>
       <c r="F7" s="58">
         <v>97.7</v>
       </c>
       <c r="G7" s="58">
         <v>95.5</v>
       </c>
       <c r="H7" s="58">
         <v>103</v>
       </c>
       <c r="I7" s="58">
@@ -4012,96 +4049,98 @@
       <c r="J7" s="58">
         <v>95.1</v>
       </c>
       <c r="K7" s="58">
         <v>108.8</v>
       </c>
       <c r="L7" s="58">
         <v>109.9</v>
       </c>
       <c r="M7" s="119">
         <v>94.7</v>
       </c>
       <c r="N7" s="137">
         <v>92.1</v>
       </c>
       <c r="O7" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P7" s="86" t="s">
         <v>30</v>
       </c>
       <c r="Q7" s="80"/>
       <c r="R7" s="91"/>
       <c r="S7" s="91"/>
     </row>
-    <row r="8" spans="1:19">
+    <row r="8" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A8" s="88"/>
       <c r="B8" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="42">
         <v>102.5</v>
       </c>
       <c r="D8" s="41">
         <v>99.7</v>
       </c>
       <c r="E8" s="41">
         <v>108.5</v>
       </c>
       <c r="F8" s="58">
         <v>96.5</v>
       </c>
       <c r="G8" s="58">
         <v>98.1</v>
       </c>
       <c r="H8" s="119">
         <v>98.6</v>
       </c>
       <c r="I8" s="58">
         <v>100.4</v>
       </c>
       <c r="J8" s="58">
         <v>93</v>
       </c>
       <c r="K8" s="58">
         <v>116.3</v>
       </c>
       <c r="L8" s="58">
-        <v>105.4</v>
-[...1 lines deleted...]
-      <c r="M8" s="119"/>
+        <v>105.5</v>
+      </c>
+      <c r="M8" s="119">
+        <v>90.7</v>
+      </c>
       <c r="N8" s="60"/>
       <c r="O8" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P8" s="86"/>
       <c r="Q8" s="80"/>
       <c r="R8" s="87"/>
       <c r="S8" s="87"/>
     </row>
-    <row r="9" spans="1:19" ht="15" customHeight="1">
+    <row r="9" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="88" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="42">
         <v>102.9</v>
       </c>
       <c r="D9" s="41">
         <v>103.3</v>
       </c>
       <c r="E9" s="41">
         <v>94.4</v>
       </c>
       <c r="F9" s="58">
         <v>107.8</v>
       </c>
       <c r="G9" s="58">
         <v>98.4</v>
       </c>
       <c r="H9" s="58">
         <v>100</v>
       </c>
       <c r="I9" s="58">
@@ -4110,440 +4149,448 @@
       <c r="J9" s="58">
         <v>98.8</v>
       </c>
       <c r="K9" s="58">
         <v>99.6</v>
       </c>
       <c r="L9" s="58">
         <v>104.6</v>
       </c>
       <c r="M9" s="119">
         <v>98.7</v>
       </c>
       <c r="N9" s="60">
         <v>100.2</v>
       </c>
       <c r="O9" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P9" s="86" t="s">
         <v>31</v>
       </c>
       <c r="Q9" s="80"/>
       <c r="R9" s="91"/>
       <c r="S9" s="91"/>
     </row>
-    <row r="10" spans="1:19" ht="12" customHeight="1">
+    <row r="10" spans="1:19" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="88"/>
       <c r="B10" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C10" s="42">
         <v>99.1</v>
       </c>
       <c r="D10" s="41">
         <v>98.1</v>
       </c>
       <c r="E10" s="41">
         <v>102.4</v>
       </c>
       <c r="F10" s="58">
         <v>101.2</v>
       </c>
       <c r="G10" s="58">
         <v>104</v>
       </c>
       <c r="H10" s="119">
         <v>99.6</v>
       </c>
       <c r="I10" s="58">
         <v>103</v>
       </c>
       <c r="J10" s="58">
         <v>100.7</v>
       </c>
       <c r="K10" s="58">
         <v>107.6</v>
       </c>
       <c r="L10" s="58">
-        <v>103.2</v>
-[...1 lines deleted...]
-      <c r="M10" s="119"/>
+        <v>103.3</v>
+      </c>
+      <c r="M10" s="119">
+        <v>98.9</v>
+      </c>
       <c r="N10" s="60"/>
       <c r="O10" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P10" s="86"/>
       <c r="Q10" s="80"/>
       <c r="R10" s="87"/>
       <c r="S10" s="87"/>
     </row>
-    <row r="11" spans="1:19" ht="21.75" customHeight="1">
+    <row r="11" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="73" t="s">
         <v>44</v>
       </c>
       <c r="B11" s="89"/>
       <c r="C11" s="42"/>
       <c r="D11" s="41"/>
       <c r="E11" s="41"/>
       <c r="F11" s="58"/>
       <c r="G11" s="58"/>
       <c r="H11" s="58"/>
       <c r="I11" s="58"/>
       <c r="J11" s="58"/>
       <c r="K11" s="58"/>
       <c r="L11" s="58"/>
       <c r="M11" s="58"/>
       <c r="N11" s="60"/>
       <c r="O11" s="90"/>
       <c r="P11" s="86" t="s">
         <v>45</v>
       </c>
       <c r="Q11" s="80"/>
       <c r="R11" s="87"/>
       <c r="S11" s="87"/>
     </row>
-    <row r="12" spans="1:19" ht="15" customHeight="1">
+    <row r="12" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="88" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="42">
         <v>36.9</v>
       </c>
       <c r="D12" s="41">
         <v>112.1</v>
       </c>
       <c r="E12" s="41">
         <v>118.8</v>
       </c>
       <c r="F12" s="58">
         <v>109.1</v>
       </c>
       <c r="G12" s="58">
         <v>107.1</v>
       </c>
       <c r="H12" s="58">
         <v>104.8</v>
       </c>
       <c r="I12" s="58">
         <v>100.9</v>
       </c>
       <c r="J12" s="58">
         <v>98.5</v>
       </c>
       <c r="K12" s="58">
         <v>112</v>
       </c>
       <c r="L12" s="58">
         <v>101.9</v>
       </c>
-      <c r="M12" s="58">
+      <c r="M12" s="2">
         <v>103.3</v>
       </c>
       <c r="N12" s="60">
         <v>130.6</v>
       </c>
       <c r="O12" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P12" s="86" t="s">
         <v>23</v>
       </c>
       <c r="Q12" s="80"/>
       <c r="R12" s="91"/>
       <c r="S12" s="91"/>
     </row>
-    <row r="13" spans="1:19">
+    <row r="13" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A13" s="88"/>
       <c r="B13" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C13" s="138">
         <v>41.8</v>
       </c>
       <c r="D13" s="41">
         <v>107.5</v>
       </c>
       <c r="E13" s="41">
         <v>117.7</v>
       </c>
       <c r="F13" s="58">
         <v>105.6</v>
       </c>
       <c r="G13" s="119">
         <v>108.6</v>
       </c>
       <c r="H13" s="119">
         <v>110.2</v>
       </c>
       <c r="I13" s="58">
         <v>99.5</v>
       </c>
       <c r="J13" s="58">
         <v>91</v>
       </c>
       <c r="K13" s="58">
         <v>120.7</v>
       </c>
       <c r="L13" s="119">
         <v>105.9</v>
       </c>
-      <c r="M13" s="58"/>
+      <c r="M13" s="2">
+        <v>99.3</v>
+      </c>
       <c r="N13" s="60"/>
       <c r="O13" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P13" s="86"/>
       <c r="Q13" s="80"/>
       <c r="R13" s="87"/>
       <c r="S13" s="87"/>
     </row>
-    <row r="14" spans="1:19" ht="15" customHeight="1">
+    <row r="14" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="88" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C14" s="42">
         <v>93.8</v>
       </c>
       <c r="D14" s="41">
         <v>95.2</v>
       </c>
       <c r="E14" s="41">
         <v>86.6</v>
       </c>
       <c r="F14" s="58">
         <v>98</v>
       </c>
       <c r="G14" s="119">
         <v>93.5</v>
       </c>
       <c r="H14" s="58">
         <v>91</v>
       </c>
       <c r="I14" s="58">
         <v>98.7</v>
       </c>
       <c r="J14" s="58">
         <v>90.4</v>
       </c>
       <c r="K14" s="58">
         <v>91</v>
       </c>
       <c r="L14" s="58">
         <v>90.4</v>
       </c>
-      <c r="M14" s="58">
+      <c r="M14" s="2">
         <v>90.7</v>
       </c>
       <c r="N14" s="60">
         <v>92</v>
       </c>
       <c r="O14" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P14" s="86" t="s">
         <v>22</v>
       </c>
       <c r="Q14" s="80"/>
       <c r="R14" s="91"/>
       <c r="S14" s="91"/>
     </row>
-    <row r="15" spans="1:19" ht="15" customHeight="1">
+    <row r="15" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="88"/>
       <c r="B15" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="42">
         <v>104.2</v>
       </c>
       <c r="D15" s="41">
         <v>99.9</v>
       </c>
       <c r="E15" s="41">
         <v>99</v>
       </c>
       <c r="F15" s="58">
         <v>95.8</v>
       </c>
       <c r="G15" s="119">
         <v>97.1</v>
       </c>
       <c r="H15" s="119">
         <v>102.1</v>
       </c>
       <c r="I15" s="58">
         <v>100.7</v>
       </c>
       <c r="J15" s="58">
         <v>93</v>
       </c>
       <c r="K15" s="58">
         <v>100.2</v>
       </c>
       <c r="L15" s="119">
-        <v>104.1</v>
-[...1 lines deleted...]
-      <c r="M15" s="58"/>
+        <v>104.2</v>
+      </c>
+      <c r="M15" s="2">
+        <v>100.1</v>
+      </c>
       <c r="N15" s="60"/>
       <c r="O15" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P15" s="86"/>
       <c r="Q15" s="80"/>
       <c r="R15" s="87"/>
       <c r="S15" s="87"/>
     </row>
-    <row r="16" spans="1:19" ht="18.75" customHeight="1">
+    <row r="16" spans="1:19" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="92" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C16" s="142">
         <v>14883</v>
       </c>
       <c r="D16" s="117">
         <v>30954</v>
       </c>
       <c r="E16" s="117">
         <v>48382</v>
       </c>
       <c r="F16" s="117">
         <v>64312</v>
       </c>
       <c r="G16" s="117">
         <v>79223</v>
       </c>
       <c r="H16" s="117">
         <v>95617</v>
       </c>
       <c r="I16" s="57">
         <v>114780</v>
       </c>
       <c r="J16" s="57">
         <v>129352</v>
       </c>
       <c r="K16" s="57">
         <v>144967</v>
       </c>
       <c r="L16" s="57">
         <v>162468</v>
       </c>
-      <c r="M16" s="57">
+      <c r="M16" s="145">
         <v>178731</v>
       </c>
       <c r="N16" s="93">
         <v>200106</v>
       </c>
       <c r="O16" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P16" s="86" t="s">
         <v>20</v>
       </c>
       <c r="Q16" s="80"/>
       <c r="R16" s="94"/>
       <c r="S16" s="94"/>
     </row>
-    <row r="17" spans="1:19" ht="15" customHeight="1">
+    <row r="17" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="92"/>
       <c r="B17" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C17" s="115">
         <v>15947</v>
       </c>
       <c r="D17" s="116">
         <v>30442</v>
       </c>
       <c r="E17" s="116">
         <v>45925</v>
       </c>
       <c r="F17" s="117">
         <v>61923</v>
       </c>
       <c r="G17" s="117">
         <v>76644</v>
       </c>
       <c r="H17" s="117">
         <v>92073</v>
       </c>
       <c r="I17" s="57">
-        <v>110167</v>
+        <v>110691</v>
       </c>
       <c r="J17" s="57">
-        <v>125318</v>
+        <v>126603</v>
       </c>
       <c r="K17" s="57">
-        <v>144381</v>
+        <v>144965</v>
       </c>
       <c r="L17" s="117">
-        <v>164231</v>
-[...1 lines deleted...]
-      <c r="M17" s="57"/>
+        <v>164815</v>
+      </c>
+      <c r="M17" s="145">
+        <v>184140</v>
+      </c>
       <c r="N17" s="93"/>
       <c r="O17" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P17" s="86"/>
       <c r="Q17" s="80"/>
       <c r="R17" s="87"/>
       <c r="S17" s="87"/>
     </row>
-    <row r="18" spans="1:19" ht="15" customHeight="1">
+    <row r="18" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="73" t="s">
         <v>46</v>
       </c>
       <c r="B18" s="89"/>
       <c r="C18" s="42"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="58"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="58"/>
       <c r="K18" s="58"/>
       <c r="L18" s="58"/>
       <c r="M18" s="58"/>
       <c r="N18" s="60"/>
       <c r="O18" s="90"/>
       <c r="P18" s="95" t="s">
         <v>69</v>
       </c>
       <c r="Q18" s="80"/>
       <c r="R18" s="87"/>
       <c r="S18" s="87"/>
     </row>
-    <row r="19" spans="1:19" ht="15" customHeight="1">
+    <row r="19" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="88" t="s">
         <v>3</v>
       </c>
       <c r="B19" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C19" s="42">
         <v>80.599999999999994</v>
       </c>
       <c r="D19" s="41">
         <v>99.1</v>
       </c>
       <c r="E19" s="41">
         <v>114.2</v>
       </c>
       <c r="F19" s="119">
         <v>98.2</v>
       </c>
       <c r="G19" s="58">
         <v>99.9</v>
       </c>
       <c r="H19" s="58">
         <v>100.3</v>
       </c>
       <c r="I19" s="58">
@@ -4552,96 +4599,98 @@
       <c r="J19" s="58">
         <v>101.1</v>
       </c>
       <c r="K19" s="58">
         <v>94.3</v>
       </c>
       <c r="L19" s="58">
         <v>107.8</v>
       </c>
       <c r="M19" s="119">
         <v>98.8</v>
       </c>
       <c r="N19" s="60">
         <v>109.9</v>
       </c>
       <c r="O19" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P19" s="96" t="s">
         <v>23</v>
       </c>
       <c r="Q19" s="97"/>
       <c r="R19" s="91"/>
       <c r="S19" s="91"/>
     </row>
-    <row r="20" spans="1:19" ht="15" customHeight="1">
+    <row r="20" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="88"/>
       <c r="B20" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C20" s="141">
         <v>82.7</v>
       </c>
       <c r="D20" s="41">
         <v>94</v>
       </c>
       <c r="E20" s="41">
         <v>114.3</v>
       </c>
       <c r="F20" s="58">
         <v>106.2</v>
       </c>
       <c r="G20" s="58">
         <v>96.8</v>
       </c>
       <c r="H20" s="119">
         <v>98.2</v>
       </c>
       <c r="I20" s="58">
         <v>104.4</v>
       </c>
       <c r="J20" s="58">
         <v>99.6</v>
       </c>
       <c r="K20" s="58">
         <v>97.3</v>
       </c>
       <c r="L20" s="58">
         <v>106.7</v>
       </c>
-      <c r="M20" s="119"/>
+      <c r="M20" s="119">
+        <v>96.7</v>
+      </c>
       <c r="N20" s="60"/>
       <c r="O20" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P20" s="98"/>
       <c r="Q20" s="80"/>
       <c r="R20" s="87"/>
       <c r="S20" s="87"/>
     </row>
-    <row r="21" spans="1:19" ht="15" customHeight="1">
+    <row r="21" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="88" t="s">
         <v>4</v>
       </c>
       <c r="B21" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="42">
         <v>103.2</v>
       </c>
       <c r="D21" s="41">
         <v>106.1</v>
       </c>
       <c r="E21" s="41">
         <v>106.1</v>
       </c>
       <c r="F21" s="58">
         <v>104.1</v>
       </c>
       <c r="G21" s="58">
         <v>105</v>
       </c>
       <c r="H21" s="58">
         <v>104.4</v>
       </c>
       <c r="I21" s="58">
@@ -4650,219 +4699,223 @@
       <c r="J21" s="58">
         <v>102.6</v>
       </c>
       <c r="K21" s="58">
         <v>97</v>
       </c>
       <c r="L21" s="58">
         <v>101.3</v>
       </c>
       <c r="M21" s="119">
         <v>103.1</v>
       </c>
       <c r="N21" s="60">
         <v>101.9</v>
       </c>
       <c r="O21" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P21" s="96" t="s">
         <v>22</v>
       </c>
       <c r="Q21" s="97"/>
       <c r="R21" s="91"/>
       <c r="S21" s="91"/>
     </row>
-    <row r="22" spans="1:19" ht="12" customHeight="1">
+    <row r="22" spans="1:19" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="21"/>
       <c r="B22" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C22" s="42">
         <v>104.9</v>
       </c>
       <c r="D22" s="41">
         <v>99.5</v>
       </c>
       <c r="E22" s="41">
         <v>99.7</v>
       </c>
       <c r="F22" s="58">
         <v>107.6</v>
       </c>
       <c r="G22" s="58">
         <v>104.4</v>
       </c>
       <c r="H22" s="119">
         <v>102.2</v>
       </c>
       <c r="I22" s="58">
         <v>104.8</v>
       </c>
       <c r="J22" s="58">
         <v>103.1</v>
       </c>
       <c r="K22" s="58">
         <v>106.4</v>
       </c>
       <c r="L22" s="58">
         <v>105.4</v>
       </c>
-      <c r="M22" s="119"/>
+      <c r="M22" s="119">
+        <v>103.1</v>
+      </c>
       <c r="N22" s="60"/>
       <c r="O22" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P22" s="99"/>
       <c r="Q22" s="80"/>
       <c r="R22" s="87"/>
       <c r="S22" s="87"/>
     </row>
-    <row r="23" spans="1:19" ht="24.75" customHeight="1">
+    <row r="23" spans="1:19" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="73" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C23" s="42">
         <v>13684.2</v>
       </c>
       <c r="D23" s="41">
         <v>-7838.8</v>
       </c>
       <c r="E23" s="41">
         <v>-24502.799999999999</v>
       </c>
       <c r="F23" s="2">
         <v>-39855.4</v>
       </c>
       <c r="G23" s="58">
         <v>-53111.5</v>
       </c>
       <c r="H23" s="58">
         <v>-69902.8</v>
       </c>
       <c r="I23" s="58">
         <v>-82767.399999999994</v>
       </c>
       <c r="J23" s="119">
         <v>-88650</v>
       </c>
       <c r="K23" s="119">
         <v>-107284.8</v>
       </c>
       <c r="L23" s="121">
         <v>-129787</v>
       </c>
       <c r="M23" s="119">
         <v>-141835.4</v>
       </c>
       <c r="N23" s="123">
         <v>-211002.7</v>
       </c>
       <c r="O23" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P23" s="96" t="s">
         <v>66</v>
       </c>
-      <c r="Q23"/>
+      <c r="Q23" s="143"/>
       <c r="R23" s="91"/>
       <c r="S23" s="101"/>
     </row>
-    <row r="24" spans="1:19">
+    <row r="24" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A24" s="73"/>
       <c r="B24" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="42">
         <v>-3205.6</v>
       </c>
       <c r="D24" s="121">
         <v>-36341.1</v>
       </c>
       <c r="E24" s="41">
         <v>-76284.5</v>
       </c>
       <c r="F24" s="2">
         <v>-91422.3</v>
       </c>
       <c r="G24" s="58">
         <v>-108294.3</v>
       </c>
       <c r="H24" s="58">
         <v>-119696.5</v>
       </c>
       <c r="I24" s="58">
         <v>-156723.29999999999</v>
       </c>
       <c r="J24" s="119">
         <v>-172019</v>
       </c>
       <c r="K24" s="119">
         <v>-201434.4</v>
       </c>
       <c r="L24" s="121">
-        <v>-227091</v>
-[...1 lines deleted...]
-      <c r="M24" s="119"/>
+        <v>-227090.3</v>
+      </c>
+      <c r="M24" s="119">
+        <v>-244932.6</v>
+      </c>
       <c r="N24" s="123"/>
       <c r="O24" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P24" s="95"/>
       <c r="Q24" s="80"/>
       <c r="R24" s="87"/>
       <c r="S24" s="87"/>
     </row>
-    <row r="25" spans="1:19" ht="22.5" customHeight="1">
+    <row r="25" spans="1:19" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="73" t="s">
         <v>10</v>
       </c>
       <c r="B25" s="89"/>
       <c r="C25" s="64"/>
       <c r="D25" s="65"/>
       <c r="E25" s="65"/>
       <c r="F25" s="102"/>
       <c r="G25" s="102"/>
       <c r="H25" s="102"/>
       <c r="I25" s="102"/>
       <c r="J25" s="102"/>
       <c r="K25" s="102"/>
       <c r="L25" s="102"/>
       <c r="M25" s="102"/>
       <c r="N25" s="103"/>
       <c r="O25" s="90"/>
       <c r="P25" s="96" t="s">
         <v>21</v>
       </c>
       <c r="Q25" s="80"/>
       <c r="R25" s="87"/>
       <c r="S25" s="87"/>
     </row>
-    <row r="26" spans="1:19" ht="18.75" customHeight="1">
+    <row r="26" spans="1:19" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="88" t="s">
         <v>18</v>
       </c>
       <c r="B26" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C26" s="64">
         <v>400.11</v>
       </c>
       <c r="D26" s="65">
         <v>400.83</v>
       </c>
       <c r="E26" s="65">
         <v>396.58</v>
       </c>
       <c r="F26" s="102">
         <v>401.06</v>
       </c>
       <c r="G26" s="102">
         <v>396.75</v>
       </c>
       <c r="H26" s="102">
         <v>401.27</v>
       </c>
       <c r="I26" s="102">
@@ -4871,96 +4924,98 @@
       <c r="J26" s="102">
         <v>390.2</v>
       </c>
       <c r="K26" s="102">
         <v>385.01</v>
       </c>
       <c r="L26" s="122">
         <v>395.73</v>
       </c>
       <c r="M26" s="102">
         <v>407.63</v>
       </c>
       <c r="N26" s="103">
         <v>407.87</v>
       </c>
       <c r="O26" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P26" s="104" t="s">
         <v>27</v>
       </c>
       <c r="Q26" s="80"/>
       <c r="R26" s="91"/>
       <c r="S26" s="91"/>
     </row>
-    <row r="27" spans="1:19" ht="15" customHeight="1">
+    <row r="27" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="88"/>
       <c r="B27" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="64">
         <v>410.57</v>
       </c>
       <c r="D27" s="65">
         <v>400.95</v>
       </c>
       <c r="E27" s="65">
         <v>387.69</v>
       </c>
       <c r="F27" s="102">
         <v>379.7</v>
       </c>
       <c r="G27" s="102">
         <v>376.91</v>
       </c>
       <c r="H27" s="102">
         <v>370.3</v>
       </c>
       <c r="I27" s="102">
         <v>363.84</v>
       </c>
       <c r="J27" s="102">
         <v>367.09</v>
       </c>
       <c r="K27" s="102">
         <v>363.15</v>
       </c>
       <c r="L27" s="122">
         <v>364.97</v>
       </c>
-      <c r="M27" s="102"/>
+      <c r="M27" s="102">
+        <v>366.85</v>
+      </c>
       <c r="N27" s="103"/>
       <c r="O27" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P27" s="104"/>
       <c r="Q27" s="80"/>
       <c r="R27" s="87"/>
       <c r="S27" s="87"/>
     </row>
-    <row r="28" spans="1:19" ht="15" customHeight="1">
+    <row r="28" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="88" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C28" s="64">
         <v>436.52</v>
       </c>
       <c r="D28" s="65">
         <v>432.74</v>
       </c>
       <c r="E28" s="65">
         <v>430.74</v>
       </c>
       <c r="F28" s="102">
         <v>430.26</v>
       </c>
       <c r="G28" s="102">
         <v>428.48</v>
       </c>
       <c r="H28" s="102">
         <v>431.77</v>
       </c>
       <c r="I28" s="102">
@@ -4969,485 +5024,495 @@
       <c r="J28" s="102">
         <v>429.18</v>
       </c>
       <c r="K28" s="102">
         <v>427.82</v>
       </c>
       <c r="L28" s="122">
         <v>431.64</v>
       </c>
       <c r="M28" s="102">
         <v>433.39</v>
       </c>
       <c r="N28" s="103">
         <v>427.14</v>
       </c>
       <c r="O28" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P28" s="104" t="s">
         <v>28</v>
       </c>
       <c r="Q28" s="80"/>
       <c r="R28" s="100"/>
       <c r="S28" s="91"/>
     </row>
-    <row r="29" spans="1:19" ht="15" customHeight="1">
+    <row r="29" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="88"/>
       <c r="B29" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C29" s="64">
         <v>425.02</v>
       </c>
       <c r="D29" s="65">
         <v>417.67</v>
       </c>
       <c r="E29" s="65">
         <v>418.1</v>
       </c>
       <c r="F29" s="102">
         <v>426.8</v>
       </c>
       <c r="G29" s="102">
         <v>425.41</v>
       </c>
       <c r="H29" s="102">
         <v>426.52</v>
       </c>
       <c r="I29" s="102">
         <v>425.42</v>
       </c>
       <c r="J29" s="102">
         <v>426.47</v>
       </c>
       <c r="K29" s="102">
         <v>425.94</v>
       </c>
       <c r="L29" s="122">
         <v>424.98</v>
       </c>
-      <c r="M29" s="102"/>
+      <c r="M29" s="102">
+        <v>424.01</v>
+      </c>
       <c r="N29" s="103"/>
       <c r="O29" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P29" s="99"/>
       <c r="Q29" s="80"/>
     </row>
-    <row r="30" spans="1:19" ht="15" customHeight="1">
+    <row r="30" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="88" t="s">
         <v>12</v>
       </c>
       <c r="B30" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C30" s="64">
         <v>466.21</v>
       </c>
       <c r="D30" s="65">
         <v>457.66</v>
       </c>
       <c r="E30" s="65">
         <v>446.21</v>
       </c>
       <c r="F30" s="102">
         <v>441.06</v>
       </c>
       <c r="G30" s="102">
         <v>435.99</v>
       </c>
       <c r="H30" s="102">
         <v>448.59</v>
       </c>
       <c r="I30" s="102">
         <v>442.31</v>
       </c>
       <c r="J30" s="102">
         <v>454.05</v>
       </c>
       <c r="K30" s="102">
         <v>454.67</v>
       </c>
       <c r="L30" s="122">
         <v>459.9</v>
       </c>
       <c r="M30" s="102">
         <v>463.4</v>
       </c>
       <c r="N30" s="103">
         <v>457.41</v>
       </c>
       <c r="O30" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P30" s="104" t="s">
         <v>29</v>
       </c>
       <c r="Q30" s="80"/>
     </row>
-    <row r="31" spans="1:19" ht="15" customHeight="1">
+    <row r="31" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="88"/>
       <c r="B31" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="64">
         <v>451.59</v>
       </c>
       <c r="D31" s="65">
         <v>443.48</v>
       </c>
       <c r="E31" s="65">
         <v>438.36</v>
       </c>
       <c r="F31" s="102">
         <v>455.56</v>
       </c>
       <c r="G31" s="102">
         <v>454.59</v>
       </c>
       <c r="H31" s="102">
         <v>454.91</v>
       </c>
       <c r="I31" s="102">
         <v>456.1</v>
       </c>
       <c r="J31" s="102">
         <v>454.57</v>
       </c>
       <c r="K31" s="102">
         <v>455.55</v>
       </c>
       <c r="L31" s="122">
         <v>457.66</v>
       </c>
-      <c r="M31" s="102"/>
+      <c r="M31" s="144">
+        <v>456.5</v>
+      </c>
       <c r="N31" s="103"/>
       <c r="O31" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P31" s="95"/>
       <c r="Q31" s="80"/>
     </row>
-    <row r="32" spans="1:19" s="107" customFormat="1" ht="15" customHeight="1">
+    <row r="32" spans="1:19" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="73" t="s">
         <v>47</v>
       </c>
       <c r="B32" s="89"/>
       <c r="C32" s="105"/>
       <c r="D32" s="58"/>
       <c r="E32" s="58"/>
       <c r="F32" s="58"/>
       <c r="G32" s="58"/>
       <c r="H32" s="58"/>
       <c r="I32" s="58"/>
       <c r="J32" s="58"/>
       <c r="K32" s="58"/>
       <c r="L32" s="58"/>
       <c r="M32" s="58"/>
       <c r="N32" s="60"/>
       <c r="O32" s="90"/>
       <c r="P32" s="95" t="s">
         <v>67</v>
       </c>
       <c r="Q32" s="106"/>
     </row>
-    <row r="33" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1">
+    <row r="33" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="88" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C33" s="134">
         <v>126185.5</v>
       </c>
       <c r="D33" s="119">
         <v>127620</v>
       </c>
       <c r="E33" s="119">
         <v>130532.3</v>
       </c>
       <c r="F33" s="119">
         <v>130620.8</v>
       </c>
       <c r="G33" s="119">
         <v>123221.1</v>
       </c>
       <c r="H33" s="119">
         <v>125276.8</v>
       </c>
       <c r="I33" s="119">
         <v>125959.5</v>
       </c>
       <c r="J33" s="119">
         <v>114977.9</v>
       </c>
       <c r="K33" s="119">
         <v>129387.2</v>
       </c>
       <c r="L33" s="119">
         <v>141809.1</v>
       </c>
       <c r="M33" s="119">
         <v>134347.70000000001</v>
       </c>
       <c r="N33" s="135">
         <v>113415.8</v>
       </c>
       <c r="O33" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P33" s="96" t="s">
         <v>24</v>
       </c>
       <c r="Q33" s="106"/>
     </row>
-    <row r="34" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1">
+    <row r="34" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="88"/>
       <c r="B34" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C34" s="134">
-        <v>126862.3</v>
+        <v>127385.1</v>
       </c>
       <c r="D34" s="119">
-        <v>122729.5</v>
+        <v>123062.5</v>
       </c>
       <c r="E34" s="119">
-        <v>132638.20000000001</v>
+        <v>132746.4</v>
       </c>
       <c r="F34" s="119">
-        <v>128923.8</v>
+        <v>129143</v>
       </c>
       <c r="G34" s="119">
-        <v>127898.1</v>
+        <v>128186.6</v>
       </c>
       <c r="H34" s="119">
-        <v>128165.2</v>
+        <v>128446.1</v>
       </c>
       <c r="I34" s="119">
-        <v>128983.8</v>
+        <v>129079.4</v>
       </c>
       <c r="J34" s="119">
-        <v>112730</v>
+        <v>113304.9</v>
       </c>
       <c r="K34" s="119">
-        <v>134031.5</v>
-[...1 lines deleted...]
-      <c r="L34" s="119" t="s">
+        <v>136215.6</v>
+      </c>
+      <c r="L34" s="119">
+        <v>143129.1</v>
+      </c>
+      <c r="M34" s="119" t="s">
         <v>78</v>
       </c>
-      <c r="M34" s="119"/>
       <c r="N34" s="135"/>
       <c r="O34" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P34" s="96"/>
       <c r="Q34" s="106"/>
     </row>
-    <row r="35" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1">
+    <row r="35" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="88" t="s">
         <v>14</v>
       </c>
       <c r="B35" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C35" s="134">
         <v>119674.1</v>
       </c>
       <c r="D35" s="119">
         <v>124356.2</v>
       </c>
       <c r="E35" s="119">
         <v>125944</v>
       </c>
       <c r="F35" s="119">
         <v>128273.7</v>
       </c>
       <c r="G35" s="119">
         <v>122400.9</v>
       </c>
       <c r="H35" s="119">
         <v>125390.1</v>
       </c>
       <c r="I35" s="119">
         <v>128343.9</v>
       </c>
       <c r="J35" s="119">
         <v>121566.5</v>
       </c>
       <c r="K35" s="119">
         <v>128568.1</v>
       </c>
       <c r="L35" s="119">
         <v>141129.20000000001</v>
       </c>
       <c r="M35" s="119">
         <v>135933.79999999999</v>
       </c>
       <c r="N35" s="135">
         <v>119441</v>
       </c>
       <c r="O35" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P35" s="96" t="s">
         <v>25</v>
       </c>
       <c r="Q35" s="106"/>
     </row>
-    <row r="36" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1">
+    <row r="36" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="88"/>
       <c r="B36" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C36" s="134">
-        <v>128928.7</v>
+        <v>129708.1</v>
       </c>
       <c r="D36" s="119">
-        <v>123790.1</v>
+        <v>124459.8</v>
       </c>
       <c r="E36" s="119">
-        <v>136080.79999999999</v>
+        <v>136925.70000000001</v>
       </c>
       <c r="F36" s="119">
-        <v>132237.6</v>
+        <v>133023.1</v>
       </c>
       <c r="G36" s="119">
-        <v>131507.70000000001</v>
+        <v>132535.6</v>
       </c>
       <c r="H36" s="119">
-        <v>126727.7</v>
+        <v>127787.9</v>
       </c>
       <c r="I36" s="119">
-        <v>129836.9</v>
+        <v>130998</v>
       </c>
       <c r="J36" s="119">
-        <v>119094.5</v>
+        <v>119929.1</v>
       </c>
       <c r="K36" s="119">
-        <v>134382.9</v>
-[...1 lines deleted...]
-      <c r="L36" s="119" t="s">
+        <v>136908.70000000001</v>
+      </c>
+      <c r="L36" s="119">
+        <v>139875.5</v>
+      </c>
+      <c r="M36" s="119" t="s">
         <v>78</v>
       </c>
-      <c r="M36" s="119"/>
       <c r="N36" s="135"/>
       <c r="O36" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P36" s="96"/>
       <c r="Q36" s="106"/>
     </row>
-    <row r="37" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1">
+    <row r="37" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="88" t="s">
         <v>15</v>
       </c>
       <c r="B37" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C37" s="134">
         <v>6511.4</v>
       </c>
       <c r="D37" s="119">
         <v>3263.8</v>
       </c>
       <c r="E37" s="119">
         <v>4588.3</v>
       </c>
       <c r="F37" s="119">
         <v>2347.1</v>
       </c>
       <c r="G37" s="119">
         <v>820.2</v>
       </c>
       <c r="H37" s="119">
         <v>-113.2</v>
       </c>
       <c r="I37" s="119">
         <v>-2384.4</v>
       </c>
       <c r="J37" s="119">
         <v>-6588.6</v>
       </c>
       <c r="K37" s="119">
         <v>819.1</v>
       </c>
       <c r="L37" s="119">
         <v>680</v>
       </c>
       <c r="M37" s="119">
         <v>-1586.1</v>
       </c>
       <c r="N37" s="135">
         <v>-6025.2</v>
       </c>
       <c r="O37" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P37" s="96" t="s">
         <v>26</v>
       </c>
       <c r="Q37" s="106"/>
     </row>
-    <row r="38" spans="1:103" s="110" customFormat="1" ht="15" customHeight="1">
+    <row r="38" spans="1:103" s="110" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="88"/>
       <c r="B38" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C38" s="134">
-        <v>-2066.3999999999942</v>
+        <v>-2323</v>
       </c>
       <c r="D38" s="119">
-        <v>-1060.6000000000058</v>
+        <v>-1397.3000000000029</v>
       </c>
       <c r="E38" s="119">
-        <v>-3442.5999999999767</v>
+        <v>-4179.3000000000175</v>
       </c>
       <c r="F38" s="119">
-        <v>-3313.8000000000029</v>
+        <v>-3880.1000000000058</v>
       </c>
       <c r="G38" s="119">
-        <v>-3609.6000000000058</v>
+        <v>-4349</v>
       </c>
       <c r="H38" s="119">
-        <v>1437.5</v>
+        <v>658.20000000001164</v>
       </c>
       <c r="I38" s="119">
-        <v>-853.09999999999127</v>
+        <v>-1918.6000000000058</v>
       </c>
       <c r="J38" s="119">
-        <v>-6364.5</v>
+        <v>-6624.2000000000116</v>
       </c>
       <c r="K38" s="119">
-        <v>-351.39999999999418</v>
-[...1 lines deleted...]
-      <c r="L38" s="119" t="s">
+        <v>-693.10000000000582</v>
+      </c>
+      <c r="L38" s="119">
+        <v>3253.6000000000058</v>
+      </c>
+      <c r="M38" s="119" t="s">
         <v>78</v>
       </c>
-      <c r="M38" s="119"/>
       <c r="N38" s="135"/>
       <c r="O38" s="108" t="s">
         <v>2</v>
       </c>
       <c r="P38" s="109"/>
       <c r="Q38" s="106"/>
       <c r="R38" s="107"/>
       <c r="S38" s="107"/>
       <c r="T38" s="107"/>
       <c r="U38" s="107"/>
       <c r="V38" s="107"/>
       <c r="W38" s="107"/>
       <c r="X38" s="107"/>
       <c r="Y38" s="107"/>
       <c r="Z38" s="107"/>
       <c r="AA38" s="107"/>
       <c r="AB38" s="107"/>
       <c r="AC38" s="107"/>
       <c r="AD38" s="107"/>
       <c r="AE38" s="107"/>
       <c r="AF38" s="107"/>
       <c r="AG38" s="107"/>
       <c r="AH38" s="107"/>
       <c r="AI38" s="107"/>
       <c r="AJ38" s="107"/>
@@ -5497,104 +5562,104 @@
       <c r="CB38" s="107"/>
       <c r="CC38" s="107"/>
       <c r="CD38" s="107"/>
       <c r="CE38" s="107"/>
       <c r="CF38" s="107"/>
       <c r="CG38" s="107"/>
       <c r="CH38" s="107"/>
       <c r="CI38" s="107"/>
       <c r="CJ38" s="107"/>
       <c r="CK38" s="107"/>
       <c r="CL38" s="107"/>
       <c r="CM38" s="107"/>
       <c r="CN38" s="107"/>
       <c r="CO38" s="107"/>
       <c r="CP38" s="107"/>
       <c r="CQ38" s="107"/>
       <c r="CR38" s="107"/>
       <c r="CS38" s="107"/>
       <c r="CT38" s="107"/>
       <c r="CU38" s="107"/>
       <c r="CV38" s="107"/>
       <c r="CW38" s="107"/>
       <c r="CX38" s="107"/>
       <c r="CY38" s="107"/>
     </row>
-    <row r="39" spans="1:103" s="107" customFormat="1" ht="36" customHeight="1">
-      <c r="A39" s="143" t="s">
+    <row r="39" spans="1:103" s="107" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="146" t="s">
         <v>82</v>
       </c>
-      <c r="B39" s="143"/>
-[...13 lines deleted...]
-      <c r="P39" s="143"/>
+      <c r="B39" s="146"/>
+      <c r="C39" s="146"/>
+      <c r="D39" s="146"/>
+      <c r="E39" s="146"/>
+      <c r="F39" s="146"/>
+      <c r="G39" s="146"/>
+      <c r="H39" s="146"/>
+      <c r="I39" s="146"/>
+      <c r="J39" s="146"/>
+      <c r="K39" s="146"/>
+      <c r="L39" s="146"/>
+      <c r="M39" s="146"/>
+      <c r="N39" s="146"/>
+      <c r="O39" s="146"/>
+      <c r="P39" s="146"/>
       <c r="Q39" s="111"/>
     </row>
-    <row r="40" spans="1:103" s="113" customFormat="1" ht="27" customHeight="1">
-      <c r="A40" s="144" t="s">
+    <row r="40" spans="1:103" s="113" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="147" t="s">
         <v>83</v>
       </c>
-      <c r="B40" s="144"/>
-[...13 lines deleted...]
-      <c r="P40" s="144"/>
+      <c r="B40" s="147"/>
+      <c r="C40" s="147"/>
+      <c r="D40" s="147"/>
+      <c r="E40" s="147"/>
+      <c r="F40" s="147"/>
+      <c r="G40" s="147"/>
+      <c r="H40" s="147"/>
+      <c r="I40" s="147"/>
+      <c r="J40" s="147"/>
+      <c r="K40" s="147"/>
+      <c r="L40" s="147"/>
+      <c r="M40" s="147"/>
+      <c r="N40" s="147"/>
+      <c r="O40" s="147"/>
+      <c r="P40" s="147"/>
       <c r="Q40" s="112"/>
     </row>
-    <row r="41" spans="1:103" s="107" customFormat="1">
+    <row r="41" spans="1:103" s="107" customFormat="1" x14ac:dyDescent="0.25">
       <c r="C41" s="114"/>
       <c r="D41" s="114"/>
       <c r="E41" s="114"/>
       <c r="F41" s="114"/>
       <c r="G41" s="114"/>
       <c r="H41" s="114"/>
       <c r="I41" s="114"/>
       <c r="J41" s="114"/>
       <c r="Q41" s="111"/>
     </row>
-    <row r="42" spans="1:103" s="107" customFormat="1">
+    <row r="42" spans="1:103" s="107" customFormat="1" x14ac:dyDescent="0.25">
       <c r="L42" s="114"/>
       <c r="Q42" s="111"/>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{A578F7BB-0D65-472D-B175-8659FD2A3112}" topLeftCell="A15">
       <selection activeCell="N23" sqref="N23"/>
       <colBreaks count="1" manualBreakCount="1">
         <brk id="16" max="1048575" man="1"/>
       </colBreaks>
       <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
       <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="2">
     <mergeCell ref="A39:P39"/>
     <mergeCell ref="A40:P40"/>
   </mergeCells>
   <pageMargins left="0.19685039370078741" right="3.937007874015748E-2" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId2"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="16" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>