--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -1,77 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\OS-01\07_Sytuacja społeczno-gospodarcza kraju\00. MATERIAŁY DLA MARKA\0. Strona Sytuacji\Tablice\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Vmfgus09\os\OS-01\07_Sytuacja społeczno-gospodarcza kraju\00. MATERIAŁY DLA MARKA\0. Strona Sytuacji\Tablice\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A3FDD193-ED8C-4855-8E74-3A23F5C4B6D2}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7528E057-09AF-4D17-BF68-F4391A3B6E1E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Strona 1" sheetId="1" r:id="rId1"/>
     <sheet name="Strona 2" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Morytz-Balska Ewa - Widok osobisty" guid="{A578F7BB-0D65-472D-B175-8659FD2A3112}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1056" activeSheetId="2"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>Marikin Marcin</author>
+  </authors>
+  <commentList>
+    <comment ref="A39" authorId="0" shapeId="0" xr:uid="{4BA13663-D9D7-405E-B4F2-0E5A3A57C250}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+            <charset val="238"/>
+          </rPr>
+          <t>Marikin Marcin:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+            <charset val="238"/>
+          </rPr>
+          <t xml:space="preserve">
+ad pkt 4: wystarczy - Dane wstępne</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="86">
   <si>
     <t>Wyszczególnienie</t>
   </si>
   <si>
     <t>a</t>
   </si>
   <si>
     <t>b</t>
   </si>
   <si>
     <t xml:space="preserve">poprzedni miesiąc=100  </t>
   </si>
   <si>
     <t xml:space="preserve">analogiczny miesiąc poprzedniego roku=100  </t>
   </si>
   <si>
     <t>z pozarolniczego systemu ubezpieczeń społecznych</t>
   </si>
   <si>
     <t>rolników indywidualnych</t>
   </si>
   <si>
     <t xml:space="preserve">grudzień poprzedniego roku=100  </t>
   </si>
   <si>
@@ -802,78 +840,79 @@
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>:</t>
     </r>
   </si>
   <si>
     <t>Wskaźniki cen towarów i usług konsumpcyjnych:</t>
   </si>
   <si>
     <t>Price indices of consumer goods and services:</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Selected indicators on the socio-economic situation of the country</t>
   </si>
   <si>
-    <t>a – 2024</t>
-[...4 lines deleted...]
-  <si>
     <t>1 Dane dotyczą podmiotów gospodarczych o liczbie pracujących powyżej 9 osób; w przypadku sprzedaży detalicznej dane dotyczą przedsiębiorstw handlowych i niehandlowych.  2 Średnie ceny bieżące z 2021 r.  3 Przy podstawie okres poprzedni=100 jako ceny stałe przyjęto ceny bieżące z poprzedniego okresu, a przy podstawie analogiczny okres roku poprzedniego – ceny bieżące z analogicznego okresu roku poprzedniego.  4 Od stycznia 2025 r. – dane wstępne.</t>
   </si>
   <si>
     <t>1 Data concern economic entities employing more than 9 persons; in the case of retail sales data concern trade and non-trade enterprises.  2 The average current prices from 2021.  3 Current prices from the previous period were assumed as constant prices for the previous period = 100 base, and current prices from the corresponding period of the previous year – as constant prices for the corresponding period of the previous year base.  4 Since January 2025 – preliminary data.</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1 Dane dotyczą podmiotów gospodarczych o liczbie pracujących powyżej 9 osób; w przeliczeniu na etaty.  2 W listopadzie 2025 r. – dane wstępne.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> 1 Data concern economic entities employing more than 9 persons; in full-time equivalents.  2 In November 2025 – preliminary data.</t>
+    <t>a – 2025</t>
+  </si>
+  <si>
+    <t>b – 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1 Dane dotyczą podmiotów gospodarczych o liczbie pracujących powyżej 9 osób; w przeliczeniu na etaty.  2 W styczniu 2026 r. – dane wstępne.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1 Data concern economic entities employing more than 9 persons; in full-time equivalents.  2 In January 2026 – preliminary data.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="4">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0;#,##0"/>
     <numFmt numFmtId="166" formatCode="###0;###0"/>
+    <numFmt numFmtId="167" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="22">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF231F20"/>
       <name val="Myriad Pro SemiCond"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -965,50 +1004,65 @@
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF242424"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF4D4D4D"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF4D4D4D"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="238"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="25">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -1253,51 +1307,51 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="148">
+  <cellXfs count="145">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
@@ -1511,53 +1565,50 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
@@ -1594,112 +1645,106 @@
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="17" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="1" fontId="15" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="3" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="15" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF4D4D4D"/>
       <color rgb="FF242424"/>
       <color rgb="FF6D6E71"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
@@ -1958,3731 +2003,3132 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P46"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14"/>
   <cols>
-    <col min="1" max="1" width="41.28515625" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="2.42578125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="41.36328125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="2.453125" style="1" customWidth="1"/>
+    <col min="3" max="14" width="6.6328125" style="1" customWidth="1"/>
+    <col min="15" max="15" width="2.453125" style="1" customWidth="1"/>
     <col min="16" max="16" width="41" style="1" customWidth="1"/>
-    <col min="17" max="16384" width="9.140625" style="1"/>
+    <col min="17" max="16384" width="9.08984375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16">
       <c r="A1" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="16"/>
       <c r="L1" s="16"/>
       <c r="M1" s="16"/>
       <c r="N1" s="16"/>
       <c r="O1" s="5"/>
       <c r="P1" s="5"/>
     </row>
-    <row r="2" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:16" ht="14.5" thickBot="1">
       <c r="A2" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B2" s="16"/>
       <c r="C2" s="16"/>
       <c r="D2" s="16"/>
       <c r="E2" s="16"/>
       <c r="F2" s="16"/>
       <c r="G2" s="16"/>
       <c r="H2" s="16"/>
       <c r="I2" s="16"/>
       <c r="J2" s="16"/>
       <c r="K2" s="16"/>
       <c r="L2" s="16"/>
       <c r="M2" s="16"/>
       <c r="N2" s="16"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
     </row>
-    <row r="3" spans="1:16" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:16" s="3" customFormat="1">
       <c r="A3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="61"/>
       <c r="D3" s="48"/>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
       <c r="H3" s="48"/>
       <c r="I3" s="48"/>
       <c r="J3" s="48"/>
       <c r="K3" s="48"/>
       <c r="L3" s="48"/>
       <c r="M3" s="48"/>
       <c r="N3" s="54"/>
       <c r="O3" s="45"/>
       <c r="P3" s="6" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="4" spans="1:16" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" s="3" customFormat="1">
       <c r="A4" s="7" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B4" s="52"/>
       <c r="C4" s="62" t="s">
         <v>54</v>
       </c>
       <c r="D4" s="49" t="s">
         <v>55</v>
       </c>
       <c r="E4" s="49" t="s">
         <v>56</v>
       </c>
       <c r="F4" s="49" t="s">
         <v>57</v>
       </c>
       <c r="G4" s="49" t="s">
         <v>58</v>
       </c>
       <c r="H4" s="49" t="s">
         <v>59</v>
       </c>
       <c r="I4" s="49" t="s">
         <v>60</v>
       </c>
       <c r="J4" s="49" t="s">
         <v>61</v>
       </c>
       <c r="K4" s="49" t="s">
         <v>62</v>
       </c>
       <c r="L4" s="49" t="s">
         <v>63</v>
       </c>
       <c r="M4" s="49" t="s">
         <v>64</v>
       </c>
       <c r="N4" s="55" t="s">
         <v>65</v>
       </c>
       <c r="O4" s="46"/>
       <c r="P4" s="7" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:16" s="3" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.3">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" s="3" customFormat="1" ht="14.5" thickBot="1">
       <c r="A5" s="8" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B5" s="53"/>
       <c r="C5" s="63"/>
       <c r="D5" s="50"/>
       <c r="E5" s="50"/>
       <c r="F5" s="50"/>
       <c r="G5" s="50"/>
       <c r="H5" s="50"/>
       <c r="I5" s="50"/>
       <c r="J5" s="50"/>
       <c r="K5" s="50"/>
       <c r="L5" s="50"/>
       <c r="M5" s="50"/>
       <c r="N5" s="56"/>
       <c r="O5" s="47"/>
       <c r="P5" s="8" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:16" ht="22.5" x14ac:dyDescent="0.2">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" ht="22">
       <c r="A6" s="9" t="s">
         <v>48</v>
       </c>
       <c r="B6" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="124">
-[...33 lines deleted...]
-        <v>6454</v>
+      <c r="C6" s="59">
+        <v>6455</v>
+      </c>
+      <c r="D6" s="38">
+        <v>6452</v>
+      </c>
+      <c r="E6" s="130">
+        <v>6444</v>
+      </c>
+      <c r="F6" s="130">
+        <v>6447</v>
+      </c>
+      <c r="G6" s="37">
+        <v>6433</v>
+      </c>
+      <c r="H6" s="18">
+        <v>6436</v>
+      </c>
+      <c r="I6" s="18">
+        <v>6432</v>
+      </c>
+      <c r="J6" s="18">
+        <v>6419</v>
+      </c>
+      <c r="K6" s="18">
+        <v>6410</v>
+      </c>
+      <c r="L6" s="18">
+        <v>6405</v>
+      </c>
+      <c r="M6" s="119">
+        <v>6414</v>
+      </c>
+      <c r="N6" s="125">
+        <v>6410</v>
       </c>
       <c r="O6" s="19" t="s">
         <v>1</v>
       </c>
       <c r="P6" s="12" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16">
       <c r="A7" s="10"/>
       <c r="B7" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="59">
-        <v>6455</v>
-[...31 lines deleted...]
-      <c r="N7" s="133"/>
+        <v>6401</v>
+      </c>
+      <c r="D7" s="38"/>
+      <c r="E7" s="130"/>
+      <c r="F7" s="130"/>
+      <c r="G7" s="37"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="18"/>
+      <c r="J7" s="18"/>
+      <c r="K7" s="18"/>
+      <c r="L7" s="18"/>
+      <c r="M7" s="119"/>
+      <c r="N7" s="125"/>
       <c r="O7" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P7" s="10"/>
     </row>
-    <row r="8" spans="1:16" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="20">
       <c r="A8" s="12" t="s">
         <v>37</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="59">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="D8" s="38">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="E8" s="37">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="F8" s="38">
+        <v>803</v>
+      </c>
+      <c r="G8" s="38">
+        <v>783</v>
+      </c>
+      <c r="H8" s="18">
         <v>797</v>
       </c>
-      <c r="G8" s="38">
-[...4 lines deleted...]
-      </c>
       <c r="I8" s="18">
-        <v>765</v>
-[...5 lines deleted...]
-        <v>770</v>
+        <v>831</v>
+      </c>
+      <c r="J8" s="117">
+        <v>856</v>
+      </c>
+      <c r="K8" s="119">
+        <v>866</v>
       </c>
       <c r="L8" s="44">
-        <v>766</v>
+        <v>867</v>
       </c>
       <c r="M8" s="18">
-        <v>775</v>
-[...2 lines deleted...]
-        <v>786</v>
+        <v>874</v>
+      </c>
+      <c r="N8" s="125">
+        <v>888</v>
       </c>
       <c r="O8" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P8" s="12" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16">
       <c r="A9" s="21"/>
       <c r="B9" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="59">
-        <v>838</v>
-[...31 lines deleted...]
-      <c r="N9" s="130"/>
+        <v>934</v>
+      </c>
+      <c r="D9" s="38"/>
+      <c r="E9" s="37"/>
+      <c r="F9" s="38"/>
+      <c r="G9" s="38"/>
+      <c r="H9" s="18"/>
+      <c r="I9" s="18"/>
+      <c r="J9" s="117"/>
+      <c r="K9" s="119"/>
+      <c r="L9" s="44"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="125"/>
       <c r="O9" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P9" s="12"/>
     </row>
-    <row r="10" spans="1:16" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16">
       <c r="A10" s="12" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C10" s="42">
         <v>5.4</v>
       </c>
       <c r="D10" s="41">
+        <v>5.5</v>
+      </c>
+      <c r="E10" s="39">
         <v>5.4</v>
       </c>
-      <c r="E10" s="39">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="39">
+        <v>5.2</v>
+      </c>
+      <c r="G10" s="39">
         <v>5.0999999999999996</v>
       </c>
-      <c r="G10" s="39">
-[...1 lines deleted...]
-      </c>
       <c r="H10" s="2">
-        <v>4.9000000000000004</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="I10" s="2">
-        <v>5</v>
+        <v>5.4</v>
       </c>
       <c r="J10" s="2">
-        <v>5</v>
+        <v>5.5</v>
       </c>
       <c r="K10" s="2">
-        <v>5</v>
+        <v>5.6</v>
       </c>
       <c r="L10" s="2">
-        <v>4.9000000000000004</v>
+        <v>5.6</v>
       </c>
       <c r="M10" s="2">
-        <v>5</v>
+        <v>5.6</v>
       </c>
       <c r="N10" s="15">
-        <v>5.0999999999999996</v>
+        <v>5.7</v>
       </c>
       <c r="O10" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P10" s="12" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16">
       <c r="A11" s="10"/>
       <c r="B11" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="42">
-        <v>5.4</v>
-[...30 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D11" s="41"/>
+      <c r="E11" s="39"/>
+      <c r="F11" s="39"/>
+      <c r="G11" s="39"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+      <c r="L11" s="2"/>
+      <c r="M11" s="2"/>
       <c r="N11" s="15"/>
       <c r="O11" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P11" s="10"/>
     </row>
-    <row r="12" spans="1:16" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="23">
       <c r="A12" s="23" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="20"/>
       <c r="C12" s="64"/>
       <c r="D12" s="65"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="40"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="14"/>
       <c r="L12" s="14"/>
       <c r="M12" s="14"/>
-      <c r="N12" s="131"/>
+      <c r="N12" s="123"/>
       <c r="O12" s="13"/>
       <c r="P12" s="24" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16">
       <c r="A13" s="25" t="s">
         <v>52</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C13" s="64">
-        <v>7768.35</v>
+        <v>8482.4699999999993</v>
       </c>
       <c r="D13" s="65">
-        <v>7978.99</v>
+        <v>8613.14</v>
       </c>
       <c r="E13" s="40">
-        <v>8408.7900000000009</v>
-[...2 lines deleted...]
-        <v>8271.99</v>
+        <v>9055.92</v>
+      </c>
+      <c r="F13" s="131">
+        <v>9045.11</v>
       </c>
       <c r="G13" s="40">
-        <v>7999.69</v>
+        <v>8670.51</v>
       </c>
       <c r="H13" s="14">
-        <v>8144.83</v>
+        <v>8881.84</v>
       </c>
       <c r="I13" s="14">
-        <v>8278.6299999999992</v>
+        <v>8905.6299999999992</v>
       </c>
       <c r="J13" s="14">
-        <v>8189.74</v>
+        <v>8769.08</v>
       </c>
       <c r="K13" s="14">
-        <v>8140.98</v>
+        <v>8750.34</v>
       </c>
       <c r="L13" s="14">
-        <v>8316.57</v>
+        <v>8865.1200000000008</v>
       </c>
       <c r="M13" s="14">
-        <v>8478.26</v>
-[...2 lines deleted...]
-        <v>8821.25</v>
+        <v>9078.16</v>
+      </c>
+      <c r="N13" s="123">
+        <v>9583.31</v>
       </c>
       <c r="O13" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P13" s="26" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16">
       <c r="A14" s="27"/>
       <c r="B14" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="64">
-        <v>8482.4699999999993</v>
-[...31 lines deleted...]
-      <c r="N14" s="131"/>
+        <v>9002.4699999999993</v>
+      </c>
+      <c r="D14" s="65"/>
+      <c r="E14" s="40"/>
+      <c r="F14" s="131"/>
+      <c r="G14" s="40"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="14"/>
+      <c r="L14" s="14"/>
+      <c r="M14" s="14"/>
+      <c r="N14" s="123"/>
       <c r="O14" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P14" s="9"/>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16">
       <c r="A15" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C15" s="42">
-        <v>96.7</v>
+        <v>96.2</v>
       </c>
       <c r="D15" s="41">
-        <v>102.7</v>
-[...29 lines deleted...]
-        <v>104</v>
+        <v>101.5</v>
+      </c>
+      <c r="E15" s="128">
+        <v>105.1</v>
+      </c>
+      <c r="F15" s="41">
+        <v>99.9</v>
+      </c>
+      <c r="G15" s="128">
+        <v>95.9</v>
+      </c>
+      <c r="H15" s="41">
+        <v>102.4</v>
+      </c>
+      <c r="I15" s="128">
+        <v>100.3</v>
+      </c>
+      <c r="J15" s="41">
+        <v>98.5</v>
+      </c>
+      <c r="K15" s="128">
+        <v>99.8</v>
+      </c>
+      <c r="L15" s="41">
+        <v>101.3</v>
+      </c>
+      <c r="M15" s="128">
+        <v>102.4</v>
+      </c>
+      <c r="N15" s="41">
+        <v>105.6</v>
       </c>
       <c r="O15" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P15" s="28" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16">
       <c r="A16" s="29"/>
       <c r="B16" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C16" s="42">
-        <v>96.2</v>
-[...30 lines deleted...]
-      </c>
+        <v>93.9</v>
+      </c>
+      <c r="D16" s="41"/>
+      <c r="E16" s="128"/>
+      <c r="F16" s="41"/>
+      <c r="G16" s="128"/>
+      <c r="H16" s="41"/>
+      <c r="I16" s="128"/>
+      <c r="J16" s="41"/>
+      <c r="K16" s="128"/>
+      <c r="L16" s="41"/>
+      <c r="M16" s="128"/>
       <c r="N16" s="41"/>
       <c r="O16" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P16" s="29"/>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16">
       <c r="A17" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B17" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C17" s="42">
-        <v>112.8</v>
+        <v>109.2</v>
       </c>
       <c r="D17" s="41">
-        <v>112.9</v>
+        <v>107.9</v>
       </c>
       <c r="E17" s="39">
-        <v>112</v>
+        <v>107.7</v>
       </c>
       <c r="F17" s="39">
-        <v>111.3</v>
+        <v>109.3</v>
       </c>
       <c r="G17" s="39">
-        <v>111.4</v>
+        <v>108.4</v>
       </c>
       <c r="H17" s="2">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="I17" s="2">
-        <v>110.6</v>
+        <v>107.6</v>
       </c>
       <c r="J17" s="2">
-        <v>111.1</v>
+        <v>107.1</v>
       </c>
       <c r="K17" s="2">
-        <v>110.3</v>
+        <v>107.5</v>
       </c>
       <c r="L17" s="2">
-        <v>110.2</v>
+        <v>106.6</v>
       </c>
       <c r="M17" s="2">
-        <v>110.5</v>
+        <v>107.1</v>
       </c>
       <c r="N17" s="15">
-        <v>109.8</v>
+        <v>108.6</v>
       </c>
       <c r="O17" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P17" s="24" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16">
       <c r="A18" s="10"/>
       <c r="B18" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C18" s="42">
-        <v>109.2</v>
-[...30 lines deleted...]
-      </c>
+        <v>106.1</v>
+      </c>
+      <c r="D18" s="41"/>
+      <c r="E18" s="39"/>
+      <c r="F18" s="39"/>
+      <c r="G18" s="39"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+      <c r="J18" s="2"/>
+      <c r="K18" s="2"/>
+      <c r="L18" s="2"/>
+      <c r="M18" s="2"/>
       <c r="N18" s="15"/>
       <c r="O18" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P18" s="10"/>
     </row>
-    <row r="19" spans="1:16" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="33">
       <c r="A19" s="23" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C19" s="42">
-        <v>108.6</v>
+        <v>104.3</v>
       </c>
       <c r="D19" s="41">
-        <v>109.6</v>
+        <v>103.1</v>
       </c>
       <c r="E19" s="39">
-        <v>109.7</v>
-[...2 lines deleted...]
-        <v>108.5</v>
+        <v>103</v>
+      </c>
+      <c r="F19" s="120">
+        <v>105.1</v>
       </c>
       <c r="G19" s="39">
-        <v>108.6</v>
+        <v>104.4</v>
       </c>
       <c r="H19" s="2">
-        <v>108.1</v>
+        <v>105</v>
       </c>
       <c r="I19" s="2">
-        <v>106.1</v>
+        <v>104.6</v>
       </c>
       <c r="J19" s="2">
-        <v>106.6</v>
+        <v>104.2</v>
       </c>
       <c r="K19" s="2">
-        <v>105.3</v>
-[...2 lines deleted...]
-        <v>105.2</v>
+        <v>104.6</v>
+      </c>
+      <c r="L19" s="118">
+        <v>103.8</v>
       </c>
       <c r="M19" s="2">
-        <v>105.7</v>
+        <v>104.6</v>
       </c>
       <c r="N19" s="15">
-        <v>105.1</v>
+        <v>106.2</v>
       </c>
       <c r="O19" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P19" s="26" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16">
       <c r="A20" s="23"/>
       <c r="B20" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C20" s="42">
-        <v>104.3</v>
-[...25 lines deleted...]
-      <c r="L20" s="119">
         <v>103.8</v>
       </c>
-      <c r="M20" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D20" s="41"/>
+      <c r="E20" s="39"/>
+      <c r="F20" s="120"/>
+      <c r="G20" s="39"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="2"/>
+      <c r="K20" s="2"/>
+      <c r="L20" s="118"/>
+      <c r="M20" s="2"/>
       <c r="N20" s="15"/>
       <c r="O20" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P20" s="9"/>
     </row>
-    <row r="21" spans="1:16" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16">
       <c r="A21" s="9" t="s">
         <v>39</v>
       </c>
       <c r="B21" s="20"/>
       <c r="C21" s="42"/>
       <c r="D21" s="41"/>
       <c r="E21" s="39"/>
       <c r="F21" s="39"/>
       <c r="G21" s="39"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
       <c r="N21" s="15"/>
       <c r="O21" s="13"/>
       <c r="P21" s="26" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16">
       <c r="A22" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B22" s="20"/>
       <c r="C22" s="42"/>
       <c r="D22" s="41"/>
       <c r="E22" s="39"/>
       <c r="F22" s="39"/>
       <c r="G22" s="39"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
       <c r="K22" s="2"/>
       <c r="L22" s="2"/>
       <c r="M22" s="2"/>
       <c r="N22" s="15"/>
       <c r="O22" s="13"/>
       <c r="P22" s="24" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16">
       <c r="A23" s="30" t="s">
         <v>4</v>
       </c>
       <c r="B23" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C23" s="42">
-        <v>113.7</v>
+        <v>107.8</v>
       </c>
       <c r="D23" s="41">
-        <v>114.7</v>
-[...2 lines deleted...]
-        <v>111.9</v>
+        <v>107.4</v>
+      </c>
+      <c r="E23" s="120">
+        <v>101.1</v>
       </c>
       <c r="F23" s="41">
-        <v>111.6</v>
-[...5 lines deleted...]
-        <v>111.5</v>
+        <v>102</v>
+      </c>
+      <c r="G23" s="120">
+        <v>102</v>
+      </c>
+      <c r="H23" s="118">
+        <v>102.1</v>
       </c>
       <c r="I23" s="39">
-        <v>109.4</v>
+        <v>104.3</v>
       </c>
       <c r="J23" s="2">
-        <v>109.2</v>
-[...2 lines deleted...]
-        <v>108.2</v>
+        <v>104.2</v>
+      </c>
+      <c r="K23" s="118">
+        <v>104.5</v>
       </c>
       <c r="L23" s="2">
-        <v>108.1</v>
-[...5 lines deleted...]
-        <v>108</v>
+        <v>104.5</v>
+      </c>
+      <c r="M23" s="118">
+        <v>104.7</v>
+      </c>
+      <c r="N23" s="137">
+        <v>104.8</v>
       </c>
       <c r="O23" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P23" s="24" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16">
       <c r="A24" s="9"/>
       <c r="B24" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="42">
-        <v>107.8</v>
-[...31 lines deleted...]
-      <c r="N24" s="15"/>
+        <v>105</v>
+      </c>
+      <c r="D24" s="41"/>
+      <c r="E24" s="120"/>
+      <c r="F24" s="41"/>
+      <c r="G24" s="120"/>
+      <c r="H24" s="118"/>
+      <c r="I24" s="39"/>
+      <c r="J24" s="2"/>
+      <c r="K24" s="118"/>
+      <c r="L24" s="2"/>
+      <c r="M24" s="118"/>
+      <c r="N24" s="137"/>
       <c r="O24" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P24" s="9"/>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16">
       <c r="A25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="20"/>
       <c r="C25" s="42"/>
       <c r="D25" s="41"/>
       <c r="E25" s="39"/>
       <c r="F25" s="39"/>
-      <c r="G25" s="121"/>
+      <c r="G25" s="120"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
       <c r="K25" s="2"/>
       <c r="L25" s="2"/>
-      <c r="M25" s="119"/>
+      <c r="M25" s="118"/>
       <c r="N25" s="15"/>
       <c r="O25" s="13"/>
       <c r="P25" s="24" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16">
       <c r="A26" s="30" t="s">
         <v>4</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C26" s="42">
-        <v>122</v>
+        <v>105.6</v>
       </c>
       <c r="D26" s="41">
-        <v>123.1</v>
-[...2 lines deleted...]
-        <v>110.6</v>
+        <v>105.8</v>
+      </c>
+      <c r="E26" s="120">
+        <v>99.6</v>
       </c>
       <c r="F26" s="39">
-        <v>109.9</v>
-[...5 lines deleted...]
-        <v>109.6</v>
+        <v>100.3</v>
+      </c>
+      <c r="G26" s="120">
+        <v>100.3</v>
+      </c>
+      <c r="H26" s="118">
+        <v>101.3</v>
       </c>
       <c r="I26" s="39">
-        <v>107.2</v>
+        <v>102.9</v>
       </c>
       <c r="J26" s="2">
-        <v>107.2</v>
+        <v>101.4</v>
       </c>
       <c r="K26" s="2">
-        <v>106.1</v>
+        <v>100.7</v>
       </c>
       <c r="L26" s="2">
-        <v>105.8</v>
-[...5 lines deleted...]
-        <v>106.3</v>
+        <v>100.1</v>
+      </c>
+      <c r="M26" s="118">
+        <v>99.6</v>
+      </c>
+      <c r="N26" s="137">
+        <v>99.2</v>
       </c>
       <c r="O26" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P26" s="24" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16">
       <c r="A27" s="9"/>
       <c r="B27" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="42">
-        <v>105.6</v>
-[...31 lines deleted...]
-      <c r="N27" s="15"/>
+        <v>99.4</v>
+      </c>
+      <c r="D27" s="41"/>
+      <c r="E27" s="120"/>
+      <c r="F27" s="39"/>
+      <c r="G27" s="120"/>
+      <c r="H27" s="118"/>
+      <c r="I27" s="39"/>
+      <c r="J27" s="2"/>
+      <c r="K27" s="2"/>
+      <c r="L27" s="2"/>
+      <c r="M27" s="118"/>
+      <c r="N27" s="137"/>
       <c r="O27" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P27" s="9"/>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16">
       <c r="A28" s="12" t="s">
         <v>76</v>
       </c>
       <c r="B28" s="20"/>
       <c r="C28" s="42"/>
       <c r="D28" s="41"/>
       <c r="E28" s="39"/>
       <c r="F28" s="39"/>
       <c r="G28" s="39"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
       <c r="M28" s="2"/>
       <c r="N28" s="15"/>
       <c r="O28" s="13"/>
       <c r="P28" s="12" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16">
       <c r="A29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B29" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C29" s="42">
-        <v>100.4</v>
+        <v>101</v>
       </c>
       <c r="D29" s="41">
         <v>100.3</v>
       </c>
-      <c r="E29" s="39">
+      <c r="E29" s="120">
         <v>100.2</v>
       </c>
       <c r="F29" s="39">
-        <v>101.1</v>
+        <v>100.4</v>
       </c>
       <c r="G29" s="39">
-        <v>100.1</v>
+        <v>99.8</v>
       </c>
       <c r="H29" s="2">
         <v>100.1</v>
       </c>
       <c r="I29" s="2">
-        <v>101.4</v>
+        <v>100.3</v>
       </c>
       <c r="J29" s="2">
+        <v>100</v>
+      </c>
+      <c r="K29" s="2">
+        <v>100</v>
+      </c>
+      <c r="L29" s="2">
         <v>100.1</v>
       </c>
-      <c r="K29" s="2">
+      <c r="M29" s="2">
         <v>100.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>100.5</v>
       </c>
       <c r="N29" s="15">
         <v>100</v>
       </c>
       <c r="O29" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P29" s="12" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16">
       <c r="A30" s="11"/>
       <c r="B30" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C30" s="42">
-        <v>101</v>
-[...30 lines deleted...]
-      </c>
+        <v>100.6</v>
+      </c>
+      <c r="D30" s="41"/>
+      <c r="E30" s="120"/>
+      <c r="F30" s="39"/>
+      <c r="G30" s="39"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+      <c r="J30" s="2"/>
+      <c r="K30" s="2"/>
+      <c r="L30" s="2"/>
+      <c r="M30" s="2"/>
       <c r="N30" s="15"/>
       <c r="O30" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P30" s="10"/>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16">
       <c r="A31" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B31" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="42">
-        <v>103.7</v>
+        <v>104.9</v>
       </c>
       <c r="D31" s="41">
+        <v>104.9</v>
+      </c>
+      <c r="E31" s="120">
+        <v>104.9</v>
+      </c>
+      <c r="F31" s="39">
+        <v>104.3</v>
+      </c>
+      <c r="G31" s="39">
+        <v>104</v>
+      </c>
+      <c r="H31" s="2">
+        <v>104.1</v>
+      </c>
+      <c r="I31" s="2">
+        <v>103.1</v>
+      </c>
+      <c r="J31" s="2">
+        <v>102.9</v>
+      </c>
+      <c r="K31" s="2">
+        <v>102.9</v>
+      </c>
+      <c r="L31" s="2">
         <v>102.8</v>
       </c>
-      <c r="E31" s="39">
-[...2 lines deleted...]
-      <c r="F31" s="39">
+      <c r="M31" s="2">
+        <v>102.5</v>
+      </c>
+      <c r="N31" s="15">
         <v>102.4</v>
-      </c>
-[...22 lines deleted...]
-        <v>104.7</v>
       </c>
       <c r="O31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P31" s="12" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16">
       <c r="A32" s="11"/>
       <c r="B32" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="42">
-        <v>104.9</v>
-[...30 lines deleted...]
-      </c>
+        <v>102.2</v>
+      </c>
+      <c r="D32" s="41"/>
+      <c r="E32" s="120"/>
+      <c r="F32" s="39"/>
+      <c r="G32" s="39"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
+      <c r="J32" s="2"/>
+      <c r="K32" s="2"/>
+      <c r="L32" s="2"/>
+      <c r="M32" s="2"/>
       <c r="N32" s="15"/>
       <c r="O32" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P32" s="12"/>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16">
       <c r="A33" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C33" s="42">
-        <v>100.4</v>
+        <v>101</v>
       </c>
       <c r="D33" s="41">
-        <v>100.7</v>
-[...2 lines deleted...]
-        <v>100.9</v>
+        <v>101.3</v>
+      </c>
+      <c r="E33" s="120">
+        <v>101.5</v>
       </c>
       <c r="F33" s="39">
-        <v>102</v>
+        <v>101.9</v>
       </c>
       <c r="G33" s="39">
-        <v>102.1</v>
+        <v>101.7</v>
       </c>
       <c r="H33" s="2">
+        <v>101.8</v>
+      </c>
+      <c r="I33" s="2">
         <v>102.2</v>
       </c>
-      <c r="I33" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="J33" s="2">
-        <v>103.8</v>
+        <v>102.2</v>
       </c>
       <c r="K33" s="2">
-        <v>103.8</v>
+        <v>102.2</v>
       </c>
       <c r="L33" s="2">
-        <v>104.2</v>
+        <v>102.3</v>
       </c>
       <c r="M33" s="2">
-        <v>104.6</v>
+        <v>102.4</v>
       </c>
       <c r="N33" s="15">
-        <v>104.7</v>
+        <v>102.4</v>
       </c>
       <c r="O33" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P33" s="12" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16">
       <c r="A34" s="11"/>
       <c r="B34" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C34" s="42">
-        <v>101</v>
-[...30 lines deleted...]
-      </c>
+        <v>100.6</v>
+      </c>
+      <c r="D34" s="41"/>
+      <c r="E34" s="120"/>
+      <c r="F34" s="39"/>
+      <c r="G34" s="39"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+      <c r="J34" s="2"/>
+      <c r="K34" s="2"/>
+      <c r="L34" s="2"/>
+      <c r="M34" s="2"/>
       <c r="N34" s="15"/>
       <c r="O34" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P34" s="12"/>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16">
       <c r="A35" s="9" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="20"/>
       <c r="C35" s="42"/>
       <c r="D35" s="41"/>
       <c r="E35" s="39"/>
       <c r="F35" s="39"/>
       <c r="G35" s="39"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
       <c r="J35" s="2"/>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
       <c r="M35" s="2"/>
       <c r="N35" s="15"/>
       <c r="O35" s="13"/>
       <c r="P35" s="9" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16">
       <c r="A36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B36" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C36" s="42">
-        <v>98.1</v>
+        <v>99.8</v>
       </c>
       <c r="D36" s="41">
-        <v>100.1</v>
+        <v>99.8</v>
       </c>
       <c r="E36" s="39">
-        <v>99.5</v>
+        <v>99.8</v>
       </c>
       <c r="F36" s="39">
-        <v>100.3</v>
+        <v>99.7</v>
       </c>
       <c r="G36" s="39">
         <v>99.7</v>
       </c>
       <c r="H36" s="2">
-        <v>100.4</v>
+        <v>100.5</v>
       </c>
       <c r="I36" s="2">
-        <v>99.6</v>
+        <v>99.8</v>
       </c>
       <c r="J36" s="2">
         <v>99.5</v>
       </c>
       <c r="K36" s="2">
+        <v>99.5</v>
+      </c>
+      <c r="L36" s="2">
         <v>99.7</v>
       </c>
-      <c r="L36" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="M36" s="2">
-        <v>100.2</v>
+        <v>100.1</v>
       </c>
       <c r="N36" s="15">
-        <v>99.7</v>
+        <v>99.6</v>
       </c>
       <c r="O36" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P36" s="12" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16">
       <c r="A37" s="11"/>
       <c r="B37" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C37" s="42">
-        <v>99.8</v>
-[...7 lines deleted...]
-      <c r="F37" s="39">
         <v>99.7</v>
       </c>
-      <c r="G37" s="39">
-[...19 lines deleted...]
-      </c>
+      <c r="D37" s="41"/>
+      <c r="E37" s="39"/>
+      <c r="F37" s="39"/>
+      <c r="G37" s="39"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
+      <c r="J37" s="2"/>
+      <c r="K37" s="2"/>
+      <c r="L37" s="2"/>
+      <c r="M37" s="2"/>
       <c r="N37" s="15"/>
       <c r="O37" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P37" s="12"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16">
       <c r="A38" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C38" s="42">
-        <v>89.4</v>
+        <v>99</v>
       </c>
       <c r="D38" s="41">
-        <v>90</v>
+        <v>98.7</v>
       </c>
       <c r="E38" s="39">
-        <v>90.1</v>
+        <v>99</v>
       </c>
       <c r="F38" s="39">
-        <v>91.5</v>
+        <v>98.4</v>
       </c>
       <c r="G38" s="39">
-        <v>93</v>
+        <v>98.5</v>
       </c>
       <c r="H38" s="2">
-        <v>94.2</v>
+        <v>98.5</v>
       </c>
       <c r="I38" s="2">
-        <v>94.9</v>
+        <v>98.7</v>
       </c>
       <c r="J38" s="39">
-        <v>94.5</v>
+        <v>98.7</v>
       </c>
       <c r="K38" s="2">
-        <v>93.8</v>
+        <v>98.6</v>
       </c>
       <c r="L38" s="2">
-        <v>94.9</v>
+        <v>97.8</v>
       </c>
       <c r="M38" s="2">
-        <v>96.2</v>
+        <v>97.7</v>
       </c>
       <c r="N38" s="15">
-        <v>97.3</v>
+        <v>97.5</v>
       </c>
       <c r="O38" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P38" s="12" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16">
       <c r="A39" s="11"/>
       <c r="B39" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="42">
-        <v>99</v>
-[...30 lines deleted...]
-      </c>
+        <v>97.4</v>
+      </c>
+      <c r="D39" s="41"/>
+      <c r="E39" s="39"/>
+      <c r="F39" s="39"/>
+      <c r="G39" s="39"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
+      <c r="J39" s="39"/>
+      <c r="K39" s="2"/>
+      <c r="L39" s="2"/>
+      <c r="M39" s="2"/>
       <c r="N39" s="15"/>
       <c r="O39" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P39" s="9"/>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16">
       <c r="A40" s="9" t="s">
         <v>74</v>
       </c>
       <c r="B40" s="20"/>
       <c r="C40" s="42"/>
       <c r="D40" s="41"/>
       <c r="E40" s="39"/>
       <c r="F40" s="39"/>
       <c r="G40" s="39"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
       <c r="K40" s="2"/>
       <c r="L40" s="2"/>
       <c r="M40" s="2"/>
       <c r="N40" s="15"/>
       <c r="O40" s="13"/>
       <c r="P40" s="9" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16">
       <c r="A41" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B41" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C41" s="42">
+        <v>100.1</v>
+      </c>
+      <c r="D41" s="41">
+        <v>100.2</v>
+      </c>
+      <c r="E41" s="39">
         <v>100.5</v>
       </c>
-      <c r="D41" s="41">
+      <c r="F41" s="39">
+        <v>100.2</v>
+      </c>
+      <c r="G41" s="39">
         <v>100.3</v>
       </c>
-      <c r="E41" s="39">
-[...2 lines deleted...]
-      <c r="F41" s="39">
+      <c r="H41" s="2">
+        <v>100.1</v>
+      </c>
+      <c r="I41" s="2">
         <v>100.5</v>
       </c>
-      <c r="G41" s="39">
-[...2 lines deleted...]
-      <c r="H41" s="2">
+      <c r="J41" s="2">
+        <v>100.1</v>
+      </c>
+      <c r="K41" s="2">
+        <v>100</v>
+      </c>
+      <c r="L41" s="2">
+        <v>100.8</v>
+      </c>
+      <c r="M41" s="2">
         <v>100.3</v>
       </c>
-      <c r="I41" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="N41" s="15">
-        <v>100.1</v>
+        <v>100.5</v>
       </c>
       <c r="O41" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P41" s="12" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16">
       <c r="A42" s="11"/>
       <c r="B42" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C42" s="42">
-        <v>100.1</v>
-[...30 lines deleted...]
-      </c>
+        <v>100.6</v>
+      </c>
+      <c r="D42" s="41"/>
+      <c r="E42" s="39"/>
+      <c r="F42" s="39"/>
+      <c r="G42" s="39"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
+      <c r="J42" s="2"/>
+      <c r="K42" s="2"/>
+      <c r="L42" s="2"/>
+      <c r="M42" s="2"/>
       <c r="N42" s="15"/>
       <c r="O42" s="13" t="s">
         <v>2</v>
       </c>
       <c r="P42" s="12"/>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16">
       <c r="A43" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B43" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C43" s="42">
-        <v>107.8</v>
+        <v>103.7</v>
       </c>
       <c r="D43" s="41">
-        <v>107.5</v>
+        <v>103.7</v>
       </c>
       <c r="E43" s="39">
-        <v>107.3</v>
+        <v>103.7</v>
       </c>
       <c r="F43" s="39">
-        <v>107.1</v>
+        <v>103.4</v>
       </c>
       <c r="G43" s="39">
-        <v>106.6</v>
+        <v>103.3</v>
       </c>
       <c r="H43" s="2">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="I43" s="2">
-        <v>105.7</v>
+        <v>103.1</v>
       </c>
       <c r="J43" s="2">
-        <v>105.3</v>
+        <v>102.8</v>
       </c>
       <c r="K43" s="2">
-        <v>105</v>
+        <v>102.5</v>
       </c>
       <c r="L43" s="2">
-        <v>104.9</v>
+        <v>102.8</v>
       </c>
       <c r="M43" s="2">
-        <v>104.4</v>
+        <v>103.1</v>
       </c>
       <c r="N43" s="15">
-        <v>103.9</v>
+        <v>103.6</v>
       </c>
       <c r="O43" s="13" t="s">
         <v>1</v>
       </c>
       <c r="P43" s="12" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16">
       <c r="A44" s="9"/>
       <c r="B44" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C44" s="42">
-        <v>103.7</v>
-[...30 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="D44" s="41"/>
+      <c r="E44" s="39"/>
+      <c r="F44" s="39"/>
+      <c r="G44" s="39"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
+      <c r="J44" s="2"/>
+      <c r="K44" s="2"/>
+      <c r="L44" s="2"/>
+      <c r="M44" s="2"/>
       <c r="N44" s="15"/>
       <c r="O44" s="31" t="s">
         <v>2</v>
       </c>
       <c r="P44" s="32"/>
     </row>
-    <row r="45" spans="1:16" ht="24.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="24.65" customHeight="1">
       <c r="A45" s="33" t="s">
         <v>84</v>
       </c>
       <c r="B45" s="34"/>
       <c r="C45" s="34"/>
       <c r="D45" s="34"/>
       <c r="E45" s="34"/>
       <c r="F45" s="34"/>
       <c r="G45" s="34"/>
       <c r="H45" s="34"/>
       <c r="I45" s="34"/>
       <c r="J45" s="34"/>
       <c r="K45" s="34"/>
       <c r="L45" s="34"/>
       <c r="M45" s="34"/>
       <c r="N45" s="34"/>
       <c r="O45" s="35"/>
       <c r="P45" s="35"/>
     </row>
-    <row r="46" spans="1:16" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="12" customHeight="1">
       <c r="A46" s="43" t="s">
         <v>85</v>
       </c>
       <c r="B46" s="36"/>
       <c r="C46" s="36"/>
       <c r="D46" s="36"/>
       <c r="E46" s="36"/>
       <c r="F46" s="36"/>
       <c r="G46" s="36"/>
       <c r="H46" s="36"/>
       <c r="I46" s="36"/>
       <c r="J46" s="36"/>
       <c r="K46" s="36"/>
       <c r="L46" s="36"/>
       <c r="M46" s="36"/>
       <c r="N46" s="36"/>
       <c r="O46" s="5"/>
       <c r="P46" s="5"/>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{A578F7BB-0D65-472D-B175-8659FD2A3112}" topLeftCell="A18">
       <selection activeCell="A46" sqref="A46"/>
       <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
       <pageSetup paperSize="9" scale="90" fitToWidth="0" orientation="landscape" r:id="rId1"/>
     </customSheetView>
   </customSheetViews>
   <pageMargins left="0.19685039370078741" right="3.937007874015748E-2" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" fitToWidth="0" orientation="landscape" r:id="rId2"/>
   <ignoredErrors>
     <ignoredError sqref="C4:D4" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:CY42"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="41.140625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="2.42578125" customWidth="1"/>
+    <col min="1" max="1" width="41.08984375" customWidth="1"/>
+    <col min="2" max="2" width="2.453125" customWidth="1"/>
+    <col min="3" max="14" width="9.36328125" customWidth="1"/>
+    <col min="15" max="15" width="2.453125" customWidth="1"/>
     <col min="16" max="16" width="41" customWidth="1"/>
-    <col min="17" max="17" width="42.85546875" style="67" customWidth="1"/>
-    <col min="18" max="18" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="42.90625" style="67" customWidth="1"/>
+    <col min="18" max="18" width="11.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:19" ht="15.5">
       <c r="A1" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="66"/>
       <c r="C1" s="66"/>
       <c r="D1" s="66"/>
       <c r="E1" s="66"/>
       <c r="F1" s="66"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
       <c r="L1" s="5"/>
       <c r="M1" s="5"/>
       <c r="N1" s="5"/>
       <c r="O1" s="5"/>
       <c r="P1" s="5"/>
     </row>
-    <row r="2" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:19" ht="16" thickBot="1">
       <c r="A2" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B2" s="66"/>
       <c r="C2" s="66"/>
       <c r="D2" s="66"/>
       <c r="E2" s="66"/>
       <c r="F2" s="66"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
       <c r="M2" s="5"/>
       <c r="N2" s="5"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
     </row>
-    <row r="3" spans="1:19" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:19" ht="10.25" customHeight="1">
       <c r="A3" s="68" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="69"/>
       <c r="C3" s="61"/>
       <c r="D3" s="48"/>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
       <c r="H3" s="48"/>
       <c r="I3" s="48"/>
       <c r="J3" s="48"/>
       <c r="K3" s="48"/>
       <c r="L3" s="48"/>
       <c r="M3" s="48"/>
       <c r="N3" s="54"/>
       <c r="O3" s="70"/>
       <c r="P3" s="71" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="4" spans="1:19" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:19" ht="10.25" customHeight="1">
       <c r="A4" s="72" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B4" s="73"/>
       <c r="C4" s="62" t="s">
         <v>54</v>
       </c>
       <c r="D4" s="49" t="s">
         <v>55</v>
       </c>
       <c r="E4" s="49" t="s">
         <v>56</v>
       </c>
       <c r="F4" s="49" t="s">
         <v>57</v>
       </c>
       <c r="G4" s="49" t="s">
         <v>58</v>
       </c>
       <c r="H4" s="49" t="s">
         <v>59</v>
       </c>
       <c r="I4" s="49" t="s">
         <v>60</v>
       </c>
       <c r="J4" s="49" t="s">
         <v>61</v>
       </c>
       <c r="K4" s="49" t="s">
         <v>62</v>
       </c>
       <c r="L4" s="49" t="s">
         <v>63</v>
       </c>
       <c r="M4" s="49" t="s">
         <v>64</v>
       </c>
       <c r="N4" s="55" t="s">
         <v>65</v>
       </c>
       <c r="O4" s="74"/>
       <c r="P4" s="75" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:19" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="5" spans="1:19" ht="13.5" customHeight="1" thickBot="1">
       <c r="A5" s="76" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B5" s="77"/>
       <c r="C5" s="63"/>
       <c r="D5" s="50"/>
       <c r="E5" s="50"/>
       <c r="F5" s="50"/>
       <c r="G5" s="50"/>
       <c r="H5" s="50"/>
       <c r="I5" s="50"/>
       <c r="J5" s="50"/>
       <c r="K5" s="50"/>
       <c r="L5" s="50"/>
       <c r="M5" s="50"/>
       <c r="N5" s="56"/>
       <c r="O5" s="78"/>
       <c r="P5" s="79" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="Q5" s="80"/>
       <c r="R5" s="81"/>
       <c r="S5" s="81"/>
     </row>
-    <row r="6" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:19" ht="15" customHeight="1">
       <c r="A6" s="73" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="82"/>
-      <c r="C6" s="132"/>
+      <c r="C6" s="124"/>
       <c r="D6" s="84"/>
       <c r="E6" s="84"/>
       <c r="F6" s="84"/>
       <c r="G6" s="84"/>
       <c r="H6" s="84"/>
       <c r="I6" s="84"/>
       <c r="J6" s="84"/>
       <c r="K6" s="84"/>
       <c r="L6" s="84"/>
       <c r="M6" s="84"/>
       <c r="N6" s="83"/>
       <c r="O6" s="85"/>
       <c r="P6" s="86" t="s">
         <v>43</v>
       </c>
       <c r="Q6" s="80"/>
       <c r="R6" s="87"/>
       <c r="S6" s="87"/>
     </row>
-    <row r="7" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:19" ht="15" customHeight="1">
       <c r="A7" s="88" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="42">
-        <v>103.6</v>
+        <v>102.5</v>
       </c>
       <c r="D7" s="41">
-        <v>100.7</v>
+        <v>99.7</v>
       </c>
       <c r="E7" s="41">
-        <v>103.9</v>
+        <v>108.5</v>
       </c>
       <c r="F7" s="58">
-        <v>97.7</v>
+        <v>96.5</v>
       </c>
       <c r="G7" s="58">
-        <v>95.5</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>98.1</v>
+      </c>
+      <c r="H7" s="118">
+        <v>98.6</v>
       </c>
       <c r="I7" s="58">
-        <v>97</v>
+        <v>100.4</v>
       </c>
       <c r="J7" s="58">
-        <v>95.1</v>
+        <v>93</v>
       </c>
       <c r="K7" s="58">
-        <v>108.8</v>
+        <v>116.3</v>
       </c>
       <c r="L7" s="58">
-        <v>109.9</v>
-[...5 lines deleted...]
-        <v>92.1</v>
+        <v>105.5</v>
+      </c>
+      <c r="M7" s="118">
+        <v>90.7</v>
+      </c>
+      <c r="N7" s="60">
+        <v>99.9</v>
       </c>
       <c r="O7" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P7" s="86" t="s">
         <v>30</v>
       </c>
       <c r="Q7" s="80"/>
       <c r="R7" s="91"/>
       <c r="S7" s="91"/>
     </row>
-    <row r="8" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:19">
       <c r="A8" s="88"/>
       <c r="B8" s="89" t="s">
         <v>2</v>
       </c>
-      <c r="C8" s="42">
-[...31 lines deleted...]
-      </c>
+      <c r="C8" s="132">
+        <v>94</v>
+      </c>
+      <c r="D8" s="41"/>
+      <c r="E8" s="41"/>
+      <c r="F8" s="58"/>
+      <c r="G8" s="58"/>
+      <c r="H8" s="118"/>
+      <c r="I8" s="58"/>
+      <c r="J8" s="58"/>
+      <c r="K8" s="58"/>
+      <c r="L8" s="58"/>
+      <c r="M8" s="118"/>
       <c r="N8" s="60"/>
       <c r="O8" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P8" s="86"/>
       <c r="Q8" s="80"/>
       <c r="R8" s="87"/>
       <c r="S8" s="87"/>
     </row>
-    <row r="9" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:19" ht="15" customHeight="1">
       <c r="A9" s="88" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="42">
-        <v>102.9</v>
+        <v>99.1</v>
       </c>
       <c r="D9" s="41">
+        <v>98.1</v>
+      </c>
+      <c r="E9" s="41">
+        <v>102.4</v>
+      </c>
+      <c r="F9" s="58">
+        <v>101.2</v>
+      </c>
+      <c r="G9" s="58">
+        <v>104</v>
+      </c>
+      <c r="H9" s="118">
+        <v>99.6</v>
+      </c>
+      <c r="I9" s="58">
+        <v>103</v>
+      </c>
+      <c r="J9" s="58">
+        <v>100.7</v>
+      </c>
+      <c r="K9" s="58">
+        <v>107.6</v>
+      </c>
+      <c r="L9" s="58">
         <v>103.3</v>
       </c>
-      <c r="E9" s="41">
-[...24 lines deleted...]
-        <v>98.7</v>
+      <c r="M9" s="118">
+        <v>98.9</v>
       </c>
       <c r="N9" s="60">
-        <v>100.2</v>
+        <v>107.3</v>
       </c>
       <c r="O9" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P9" s="86" t="s">
         <v>31</v>
       </c>
       <c r="Q9" s="80"/>
       <c r="R9" s="91"/>
       <c r="S9" s="91"/>
     </row>
-    <row r="10" spans="1:19" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:19" ht="12" customHeight="1">
       <c r="A10" s="88"/>
       <c r="B10" s="89" t="s">
         <v>2</v>
       </c>
-      <c r="C10" s="42">
-[...31 lines deleted...]
-      </c>
+      <c r="C10" s="132">
+        <v>98.5</v>
+      </c>
+      <c r="D10" s="41"/>
+      <c r="E10" s="41"/>
+      <c r="F10" s="58"/>
+      <c r="G10" s="58"/>
+      <c r="H10" s="118"/>
+      <c r="I10" s="58"/>
+      <c r="J10" s="58"/>
+      <c r="K10" s="58"/>
+      <c r="L10" s="58"/>
+      <c r="M10" s="118"/>
       <c r="N10" s="60"/>
       <c r="O10" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P10" s="86"/>
       <c r="Q10" s="80"/>
       <c r="R10" s="87"/>
       <c r="S10" s="87"/>
     </row>
-    <row r="11" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:19" ht="21.75" customHeight="1">
       <c r="A11" s="73" t="s">
         <v>44</v>
       </c>
       <c r="B11" s="89"/>
       <c r="C11" s="42"/>
       <c r="D11" s="41"/>
       <c r="E11" s="41"/>
       <c r="F11" s="58"/>
       <c r="G11" s="58"/>
       <c r="H11" s="58"/>
       <c r="I11" s="58"/>
       <c r="J11" s="58"/>
       <c r="K11" s="58"/>
       <c r="L11" s="58"/>
       <c r="M11" s="58"/>
       <c r="N11" s="60"/>
       <c r="O11" s="90"/>
       <c r="P11" s="86" t="s">
         <v>45</v>
       </c>
       <c r="Q11" s="80"/>
       <c r="R11" s="87"/>
       <c r="S11" s="87"/>
     </row>
-    <row r="12" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:19" ht="15" customHeight="1">
       <c r="A12" s="88" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="C12" s="42">
-        <v>36.9</v>
+      <c r="C12" s="129">
+        <v>41.8</v>
       </c>
       <c r="D12" s="41">
-        <v>112.1</v>
+        <v>107.5</v>
       </c>
       <c r="E12" s="41">
-        <v>118.8</v>
+        <v>117.7</v>
       </c>
       <c r="F12" s="58">
-        <v>109.1</v>
-[...5 lines deleted...]
-        <v>104.8</v>
+        <v>105.6</v>
+      </c>
+      <c r="G12" s="118">
+        <v>108.6</v>
+      </c>
+      <c r="H12" s="118">
+        <v>110.2</v>
       </c>
       <c r="I12" s="58">
-        <v>100.9</v>
+        <v>99.5</v>
       </c>
       <c r="J12" s="58">
-        <v>98.5</v>
+        <v>91</v>
       </c>
       <c r="K12" s="58">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>101.9</v>
+        <v>120.7</v>
+      </c>
+      <c r="L12" s="118">
+        <v>105.9</v>
       </c>
       <c r="M12" s="2">
-        <v>103.3</v>
-[...2 lines deleted...]
-        <v>130.6</v>
+        <v>99.2</v>
+      </c>
+      <c r="N12" s="122">
+        <v>136.30000000000001</v>
       </c>
       <c r="O12" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P12" s="86" t="s">
         <v>23</v>
       </c>
       <c r="Q12" s="80"/>
       <c r="R12" s="91"/>
       <c r="S12" s="91"/>
     </row>
-    <row r="13" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:19">
       <c r="A13" s="88"/>
       <c r="B13" s="89" t="s">
         <v>2</v>
       </c>
-      <c r="C13" s="138">
-[...32 lines deleted...]
-      <c r="N13" s="60"/>
+      <c r="C13" s="142">
+        <v>34.799999999999997</v>
+      </c>
+      <c r="D13" s="41"/>
+      <c r="E13" s="41"/>
+      <c r="F13" s="58"/>
+      <c r="G13" s="118"/>
+      <c r="H13" s="118"/>
+      <c r="I13" s="58"/>
+      <c r="J13" s="58"/>
+      <c r="K13" s="58"/>
+      <c r="L13" s="118"/>
+      <c r="M13" s="2"/>
+      <c r="N13" s="122"/>
       <c r="O13" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P13" s="86"/>
       <c r="Q13" s="80"/>
       <c r="R13" s="87"/>
       <c r="S13" s="87"/>
     </row>
-    <row r="14" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:19" ht="15" customHeight="1">
       <c r="A14" s="88" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C14" s="42">
-        <v>93.8</v>
+        <v>104.2</v>
       </c>
       <c r="D14" s="41">
-        <v>95.2</v>
+        <v>99.9</v>
       </c>
       <c r="E14" s="41">
-        <v>86.6</v>
+        <v>99</v>
       </c>
       <c r="F14" s="58">
-        <v>98</v>
-[...5 lines deleted...]
-        <v>91</v>
+        <v>95.8</v>
+      </c>
+      <c r="G14" s="118">
+        <v>97.1</v>
+      </c>
+      <c r="H14" s="118">
+        <v>102.1</v>
       </c>
       <c r="I14" s="58">
-        <v>98.7</v>
+        <v>100.7</v>
       </c>
       <c r="J14" s="58">
-        <v>90.4</v>
+        <v>93</v>
       </c>
       <c r="K14" s="58">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>90.4</v>
+        <v>100.2</v>
+      </c>
+      <c r="L14" s="118">
+        <v>104.2</v>
       </c>
       <c r="M14" s="2">
-        <v>90.7</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>100.1</v>
+      </c>
+      <c r="N14" s="122">
+        <v>104.5</v>
       </c>
       <c r="O14" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P14" s="86" t="s">
         <v>22</v>
       </c>
       <c r="Q14" s="80"/>
       <c r="R14" s="91"/>
       <c r="S14" s="91"/>
     </row>
-    <row r="15" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:19" ht="15" customHeight="1">
       <c r="A15" s="88"/>
       <c r="B15" s="89" t="s">
         <v>2</v>
       </c>
-      <c r="C15" s="42">
-[...32 lines deleted...]
-      <c r="N15" s="60"/>
+      <c r="C15" s="132">
+        <v>87.2</v>
+      </c>
+      <c r="D15" s="41"/>
+      <c r="E15" s="41"/>
+      <c r="F15" s="58"/>
+      <c r="G15" s="118"/>
+      <c r="H15" s="118"/>
+      <c r="I15" s="58"/>
+      <c r="J15" s="58"/>
+      <c r="K15" s="58"/>
+      <c r="L15" s="118"/>
+      <c r="M15" s="2"/>
+      <c r="N15" s="122"/>
       <c r="O15" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P15" s="86"/>
       <c r="Q15" s="80"/>
       <c r="R15" s="87"/>
       <c r="S15" s="87"/>
     </row>
-    <row r="16" spans="1:19" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:19" ht="18.75" customHeight="1">
       <c r="A16" s="92" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="C16" s="142">
-[...15 lines deleted...]
-        <v>95617</v>
+      <c r="C16" s="114">
+        <v>15947</v>
+      </c>
+      <c r="D16" s="115">
+        <v>30442</v>
+      </c>
+      <c r="E16" s="115">
+        <v>45925</v>
+      </c>
+      <c r="F16" s="116">
+        <v>61923</v>
+      </c>
+      <c r="G16" s="116">
+        <v>76644</v>
+      </c>
+      <c r="H16" s="116">
+        <v>92073</v>
       </c>
       <c r="I16" s="57">
-        <v>114780</v>
+        <v>110691</v>
       </c>
       <c r="J16" s="57">
-        <v>129352</v>
+        <v>126603</v>
       </c>
       <c r="K16" s="57">
-        <v>144967</v>
-[...8 lines deleted...]
-        <v>200106</v>
+        <v>144965</v>
+      </c>
+      <c r="L16" s="116">
+        <v>164815</v>
+      </c>
+      <c r="M16" s="135">
+        <v>184140</v>
+      </c>
+      <c r="N16" s="138">
+        <v>208792</v>
       </c>
       <c r="O16" s="90" t="s">
         <v>1</v>
       </c>
       <c r="P16" s="86" t="s">
         <v>20</v>
       </c>
       <c r="Q16" s="80"/>
-      <c r="R16" s="94"/>
-[...2 lines deleted...]
-    <row r="17" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R16" s="93"/>
+      <c r="S16" s="93"/>
+    </row>
+    <row r="17" spans="1:19" ht="15" customHeight="1">
       <c r="A17" s="92"/>
       <c r="B17" s="89" t="s">
         <v>2</v>
       </c>
-      <c r="C17" s="115">
-[...32 lines deleted...]
-      <c r="N17" s="93"/>
+      <c r="C17" s="114">
+        <v>14674</v>
+      </c>
+      <c r="D17" s="115"/>
+      <c r="E17" s="115"/>
+      <c r="F17" s="116"/>
+      <c r="G17" s="116"/>
+      <c r="H17" s="116"/>
+      <c r="I17" s="57"/>
+      <c r="J17" s="57"/>
+      <c r="K17" s="57"/>
+      <c r="L17" s="116"/>
+      <c r="M17" s="135"/>
+      <c r="N17" s="138"/>
       <c r="O17" s="90" t="s">
         <v>2</v>
       </c>
       <c r="P17" s="86"/>
       <c r="Q17" s="80"/>
       <c r="R17" s="87"/>
       <c r="S17" s="87"/>
     </row>
-    <row r="18" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:19" ht="15" customHeight="1">
       <c r="A18" s="73" t="s">
         <v>46</v>
       </c>
       <c r="B18" s="89"/>
       <c r="C18" s="42"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="58"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="58"/>
       <c r="K18" s="58"/>
       <c r="L18" s="58"/>
       <c r="M18" s="58"/>
       <c r="N18" s="60"/>
       <c r="O18" s="90"/>
-      <c r="P18" s="95" t="s">
+      <c r="P18" s="94" t="s">
         <v>69</v>
       </c>
       <c r="Q18" s="80"/>
       <c r="R18" s="87"/>
       <c r="S18" s="87"/>
     </row>
-    <row r="19" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:19" ht="15" customHeight="1">
       <c r="A19" s="88" t="s">
         <v>3</v>
       </c>
       <c r="B19" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="C19" s="42">
-        <v>80.599999999999994</v>
+      <c r="C19" s="132">
+        <v>82.7</v>
       </c>
       <c r="D19" s="41">
-        <v>99.1</v>
+        <v>94</v>
       </c>
       <c r="E19" s="41">
-        <v>114.2</v>
-[...1 lines deleted...]
-      <c r="F19" s="119">
+        <v>114.3</v>
+      </c>
+      <c r="F19" s="58">
+        <v>106.2</v>
+      </c>
+      <c r="G19" s="58">
+        <v>96.8</v>
+      </c>
+      <c r="H19" s="118">
         <v>98.2</v>
       </c>
-      <c r="G19" s="58">
-[...4 lines deleted...]
-      </c>
       <c r="I19" s="58">
-        <v>101.9</v>
+        <v>104.4</v>
       </c>
       <c r="J19" s="58">
-        <v>101.1</v>
+        <v>99.6</v>
       </c>
       <c r="K19" s="58">
-        <v>94.3</v>
+        <v>97.3</v>
       </c>
       <c r="L19" s="58">
-        <v>107.8</v>
-[...2 lines deleted...]
-        <v>98.8</v>
+        <v>106.7</v>
+      </c>
+      <c r="M19" s="118">
+        <v>96.7</v>
       </c>
       <c r="N19" s="60">
-        <v>109.9</v>
+        <v>112.5</v>
       </c>
       <c r="O19" s="90" t="s">
         <v>1</v>
       </c>
-      <c r="P19" s="96" t="s">
+      <c r="P19" s="95" t="s">
         <v>23</v>
       </c>
-      <c r="Q19" s="97"/>
+      <c r="Q19" s="96"/>
       <c r="R19" s="91"/>
       <c r="S19" s="91"/>
     </row>
-    <row r="20" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:19" ht="15" customHeight="1">
       <c r="A20" s="88"/>
       <c r="B20" s="89" t="s">
         <v>2</v>
       </c>
-      <c r="C20" s="141">
-[...31 lines deleted...]
-      </c>
+      <c r="C20" s="132">
+        <v>82.2</v>
+      </c>
+      <c r="D20" s="41"/>
+      <c r="E20" s="41"/>
+      <c r="F20" s="58"/>
+      <c r="G20" s="58"/>
+      <c r="H20" s="118"/>
+      <c r="I20" s="58"/>
+      <c r="J20" s="58"/>
+      <c r="K20" s="58"/>
+      <c r="L20" s="58"/>
+      <c r="M20" s="118"/>
       <c r="N20" s="60"/>
       <c r="O20" s="90" t="s">
         <v>2</v>
       </c>
-      <c r="P20" s="98"/>
+      <c r="P20" s="97"/>
       <c r="Q20" s="80"/>
       <c r="R20" s="87"/>
       <c r="S20" s="87"/>
     </row>
-    <row r="21" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:19" ht="15" customHeight="1">
       <c r="A21" s="88" t="s">
         <v>4</v>
       </c>
       <c r="B21" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="42">
-        <v>103.2</v>
+        <v>104.9</v>
       </c>
       <c r="D21" s="41">
-        <v>106.1</v>
+        <v>99.5</v>
       </c>
       <c r="E21" s="41">
-        <v>106.1</v>
+        <v>99.7</v>
       </c>
       <c r="F21" s="58">
-        <v>104.1</v>
+        <v>107.6</v>
       </c>
       <c r="G21" s="58">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="H21" s="58">
         <v>104.4</v>
       </c>
+      <c r="H21" s="118">
+        <v>102.2</v>
+      </c>
       <c r="I21" s="58">
-        <v>104.4</v>
+        <v>104.8</v>
       </c>
       <c r="J21" s="58">
-        <v>102.6</v>
+        <v>103.1</v>
       </c>
       <c r="K21" s="58">
-        <v>97</v>
+        <v>106.4</v>
       </c>
       <c r="L21" s="58">
-        <v>101.3</v>
-[...1 lines deleted...]
-      <c r="M21" s="119">
+        <v>105.4</v>
+      </c>
+      <c r="M21" s="118">
         <v>103.1</v>
       </c>
       <c r="N21" s="60">
-        <v>101.9</v>
+        <v>105.3</v>
       </c>
       <c r="O21" s="90" t="s">
         <v>1</v>
       </c>
-      <c r="P21" s="96" t="s">
+      <c r="P21" s="95" t="s">
         <v>22</v>
       </c>
-      <c r="Q21" s="97"/>
+      <c r="Q21" s="96"/>
       <c r="R21" s="91"/>
       <c r="S21" s="91"/>
     </row>
-    <row r="22" spans="1:19" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:19" ht="12" customHeight="1">
       <c r="A22" s="21"/>
       <c r="B22" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C22" s="42">
-        <v>104.9</v>
-[...10 lines deleted...]
-      <c r="G22" s="58">
         <v>104.4</v>
       </c>
-      <c r="H22" s="119">
-[...16 lines deleted...]
-      </c>
+      <c r="D22" s="41"/>
+      <c r="E22" s="41"/>
+      <c r="F22" s="58"/>
+      <c r="G22" s="58"/>
+      <c r="H22" s="118"/>
+      <c r="I22" s="58"/>
+      <c r="J22" s="58"/>
+      <c r="K22" s="58"/>
+      <c r="L22" s="58"/>
+      <c r="M22" s="118"/>
       <c r="N22" s="60"/>
       <c r="O22" s="90" t="s">
         <v>2</v>
       </c>
-      <c r="P22" s="99"/>
+      <c r="P22" s="98"/>
       <c r="Q22" s="80"/>
       <c r="R22" s="87"/>
       <c r="S22" s="87"/>
     </row>
-    <row r="23" spans="1:19" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:19" ht="24.75" customHeight="1">
       <c r="A23" s="73" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C23" s="42">
-        <v>13684.2</v>
-[...2 lines deleted...]
-        <v>-7838.8</v>
+        <v>-3205.6</v>
+      </c>
+      <c r="D23" s="120">
+        <v>-36341.1</v>
       </c>
       <c r="E23" s="41">
-        <v>-24502.799999999999</v>
+        <v>-76284.5</v>
       </c>
       <c r="F23" s="2">
-        <v>-39855.4</v>
+        <v>-91422.3</v>
       </c>
       <c r="G23" s="58">
-        <v>-53111.5</v>
+        <v>-108294.3</v>
       </c>
       <c r="H23" s="58">
-        <v>-69902.8</v>
+        <v>-119696.5</v>
       </c>
       <c r="I23" s="58">
-        <v>-82767.399999999994</v>
-[...14 lines deleted...]
-        <v>-211002.7</v>
+        <v>-156723.29999999999</v>
+      </c>
+      <c r="J23" s="118">
+        <v>-172019</v>
+      </c>
+      <c r="K23" s="118">
+        <v>-201434.4</v>
+      </c>
+      <c r="L23" s="120">
+        <v>-227090.3</v>
+      </c>
+      <c r="M23" s="118">
+        <v>-244930.4</v>
+      </c>
+      <c r="N23" s="122" t="s">
+        <v>78</v>
       </c>
       <c r="O23" s="90" t="s">
         <v>1</v>
       </c>
-      <c r="P23" s="96" t="s">
+      <c r="P23" s="95" t="s">
         <v>66</v>
       </c>
-      <c r="Q23" s="143"/>
+      <c r="Q23" s="133"/>
       <c r="R23" s="91"/>
-      <c r="S23" s="101"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="S23" s="100"/>
+    </row>
+    <row r="24" spans="1:19">
       <c r="A24" s="73"/>
       <c r="B24" s="89" t="s">
         <v>2</v>
       </c>
-      <c r="C24" s="42">
-[...32 lines deleted...]
-      <c r="N24" s="123"/>
+      <c r="C24" s="132">
+        <v>-3719.6</v>
+      </c>
+      <c r="D24" s="120"/>
+      <c r="E24" s="41"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="58"/>
+      <c r="H24" s="58"/>
+      <c r="I24" s="58"/>
+      <c r="J24" s="118"/>
+      <c r="K24" s="118"/>
+      <c r="L24" s="120"/>
+      <c r="M24" s="118"/>
+      <c r="N24" s="122"/>
       <c r="O24" s="90" t="s">
         <v>2</v>
       </c>
-      <c r="P24" s="95"/>
+      <c r="P24" s="94"/>
       <c r="Q24" s="80"/>
       <c r="R24" s="87"/>
       <c r="S24" s="87"/>
     </row>
-    <row r="25" spans="1:19" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:19" ht="22.5" customHeight="1">
       <c r="A25" s="73" t="s">
         <v>10</v>
       </c>
       <c r="B25" s="89"/>
       <c r="C25" s="64"/>
       <c r="D25" s="65"/>
       <c r="E25" s="65"/>
-      <c r="F25" s="102"/>
-[...7 lines deleted...]
-      <c r="N25" s="103"/>
+      <c r="F25" s="101"/>
+      <c r="G25" s="101"/>
+      <c r="H25" s="101"/>
+      <c r="I25" s="101"/>
+      <c r="J25" s="101"/>
+      <c r="K25" s="101"/>
+      <c r="L25" s="101"/>
+      <c r="M25" s="101"/>
+      <c r="N25" s="102"/>
       <c r="O25" s="90"/>
-      <c r="P25" s="96" t="s">
+      <c r="P25" s="95" t="s">
         <v>21</v>
       </c>
       <c r="Q25" s="80"/>
       <c r="R25" s="87"/>
       <c r="S25" s="87"/>
     </row>
-    <row r="26" spans="1:19" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:19" ht="18.75" customHeight="1">
       <c r="A26" s="88" t="s">
         <v>18</v>
       </c>
       <c r="B26" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C26" s="64">
-        <v>400.11</v>
+        <v>410.57</v>
       </c>
       <c r="D26" s="65">
-        <v>400.83</v>
+        <v>400.95</v>
       </c>
       <c r="E26" s="65">
-        <v>396.58</v>
-[...26 lines deleted...]
-        <v>407.87</v>
+        <v>387.69</v>
+      </c>
+      <c r="F26" s="101">
+        <v>379.7</v>
+      </c>
+      <c r="G26" s="101">
+        <v>376.91</v>
+      </c>
+      <c r="H26" s="101">
+        <v>370.3</v>
+      </c>
+      <c r="I26" s="101">
+        <v>363.84</v>
+      </c>
+      <c r="J26" s="101">
+        <v>367.09</v>
+      </c>
+      <c r="K26" s="101">
+        <v>363.15</v>
+      </c>
+      <c r="L26" s="121">
+        <v>364.97</v>
+      </c>
+      <c r="M26" s="101">
+        <v>366.85</v>
+      </c>
+      <c r="N26" s="139">
+        <v>360.63</v>
       </c>
       <c r="O26" s="90" t="s">
         <v>1</v>
       </c>
-      <c r="P26" s="104" t="s">
+      <c r="P26" s="103" t="s">
         <v>27</v>
       </c>
       <c r="Q26" s="80"/>
       <c r="R26" s="91"/>
       <c r="S26" s="91"/>
     </row>
-    <row r="27" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:19" ht="15" customHeight="1">
       <c r="A27" s="88"/>
       <c r="B27" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="64">
-        <v>410.57</v>
-[...31 lines deleted...]
-      <c r="N27" s="103"/>
+        <v>359.35</v>
+      </c>
+      <c r="D27" s="65"/>
+      <c r="E27" s="65"/>
+      <c r="F27" s="101"/>
+      <c r="G27" s="101"/>
+      <c r="H27" s="101"/>
+      <c r="I27" s="101"/>
+      <c r="J27" s="101"/>
+      <c r="K27" s="101"/>
+      <c r="L27" s="121"/>
+      <c r="M27" s="101"/>
+      <c r="N27" s="139"/>
       <c r="O27" s="90" t="s">
         <v>2</v>
       </c>
-      <c r="P27" s="104"/>
+      <c r="P27" s="103"/>
       <c r="Q27" s="80"/>
       <c r="R27" s="87"/>
       <c r="S27" s="87"/>
     </row>
-    <row r="28" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:19" ht="15" customHeight="1">
       <c r="A28" s="88" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C28" s="64">
-        <v>436.52</v>
+        <v>425.02</v>
       </c>
       <c r="D28" s="65">
-        <v>432.74</v>
+        <v>417.67</v>
       </c>
       <c r="E28" s="65">
-        <v>430.74</v>
-[...26 lines deleted...]
-        <v>427.14</v>
+        <v>418.1</v>
+      </c>
+      <c r="F28" s="101">
+        <v>426.8</v>
+      </c>
+      <c r="G28" s="101">
+        <v>425.41</v>
+      </c>
+      <c r="H28" s="101">
+        <v>426.52</v>
+      </c>
+      <c r="I28" s="101">
+        <v>425.42</v>
+      </c>
+      <c r="J28" s="101">
+        <v>426.47</v>
+      </c>
+      <c r="K28" s="101">
+        <v>425.94</v>
+      </c>
+      <c r="L28" s="121">
+        <v>424.98</v>
+      </c>
+      <c r="M28" s="101">
+        <v>424.01</v>
+      </c>
+      <c r="N28" s="139">
+        <v>422.51</v>
       </c>
       <c r="O28" s="90" t="s">
         <v>1</v>
       </c>
-      <c r="P28" s="104" t="s">
+      <c r="P28" s="103" t="s">
         <v>28</v>
       </c>
       <c r="Q28" s="80"/>
-      <c r="R28" s="100"/>
+      <c r="R28" s="99"/>
       <c r="S28" s="91"/>
     </row>
-    <row r="29" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:19" ht="15" customHeight="1">
       <c r="A29" s="88"/>
       <c r="B29" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C29" s="64">
-        <v>425.02</v>
-[...31 lines deleted...]
-      <c r="N29" s="103"/>
+        <v>421.32</v>
+      </c>
+      <c r="D29" s="65"/>
+      <c r="E29" s="65"/>
+      <c r="F29" s="101"/>
+      <c r="G29" s="101"/>
+      <c r="H29" s="101"/>
+      <c r="I29" s="101"/>
+      <c r="J29" s="101"/>
+      <c r="K29" s="101"/>
+      <c r="L29" s="121"/>
+      <c r="M29" s="101"/>
+      <c r="N29" s="139"/>
       <c r="O29" s="90" t="s">
         <v>2</v>
       </c>
-      <c r="P29" s="99"/>
+      <c r="P29" s="98"/>
       <c r="Q29" s="80"/>
     </row>
-    <row r="30" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:19" ht="15" customHeight="1">
       <c r="A30" s="88" t="s">
         <v>12</v>
       </c>
       <c r="B30" s="89" t="s">
         <v>1</v>
       </c>
       <c r="C30" s="64">
-        <v>466.21</v>
+        <v>451.59</v>
       </c>
       <c r="D30" s="65">
+        <v>443.48</v>
+      </c>
+      <c r="E30" s="65">
+        <v>438.36</v>
+      </c>
+      <c r="F30" s="101">
+        <v>455.56</v>
+      </c>
+      <c r="G30" s="101">
+        <v>454.59</v>
+      </c>
+      <c r="H30" s="101">
+        <v>454.91</v>
+      </c>
+      <c r="I30" s="101">
+        <v>456.1</v>
+      </c>
+      <c r="J30" s="101">
+        <v>454.57</v>
+      </c>
+      <c r="K30" s="101">
+        <v>455.55</v>
+      </c>
+      <c r="L30" s="121">
         <v>457.66</v>
       </c>
-      <c r="E30" s="65">
-[...27 lines deleted...]
-        <v>457.41</v>
+      <c r="M30" s="134">
+        <v>456.5</v>
+      </c>
+      <c r="N30" s="139">
+        <v>452.97</v>
       </c>
       <c r="O30" s="90" t="s">
         <v>1</v>
       </c>
-      <c r="P30" s="104" t="s">
+      <c r="P30" s="103" t="s">
         <v>29</v>
       </c>
       <c r="Q30" s="80"/>
     </row>
-    <row r="31" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:19" ht="15" customHeight="1">
       <c r="A31" s="88"/>
       <c r="B31" s="89" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="64">
-        <v>451.59</v>
-[...31 lines deleted...]
-      <c r="N31" s="103"/>
+        <v>453.98</v>
+      </c>
+      <c r="D31" s="65"/>
+      <c r="E31" s="65"/>
+      <c r="F31" s="101"/>
+      <c r="G31" s="101"/>
+      <c r="H31" s="101"/>
+      <c r="I31" s="101"/>
+      <c r="J31" s="101"/>
+      <c r="K31" s="101"/>
+      <c r="L31" s="121"/>
+      <c r="M31" s="134"/>
+      <c r="N31" s="139"/>
       <c r="O31" s="90" t="s">
         <v>2</v>
       </c>
-      <c r="P31" s="95"/>
+      <c r="P31" s="94"/>
       <c r="Q31" s="80"/>
     </row>
-    <row r="32" spans="1:19" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:19" s="106" customFormat="1" ht="15" customHeight="1">
       <c r="A32" s="73" t="s">
         <v>47</v>
       </c>
       <c r="B32" s="89"/>
-      <c r="C32" s="105"/>
+      <c r="C32" s="104"/>
       <c r="D32" s="58"/>
       <c r="E32" s="58"/>
       <c r="F32" s="58"/>
       <c r="G32" s="58"/>
       <c r="H32" s="58"/>
       <c r="I32" s="58"/>
       <c r="J32" s="58"/>
       <c r="K32" s="58"/>
       <c r="L32" s="58"/>
       <c r="M32" s="58"/>
       <c r="N32" s="60"/>
       <c r="O32" s="90"/>
-      <c r="P32" s="95" t="s">
+      <c r="P32" s="94" t="s">
         <v>67</v>
       </c>
-      <c r="Q32" s="106"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="Q32" s="105"/>
+    </row>
+    <row r="33" spans="1:103" s="106" customFormat="1" ht="15" customHeight="1">
       <c r="A33" s="88" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="C33" s="134">
-[...33 lines deleted...]
-        <v>113415.8</v>
+      <c r="C33" s="126">
+        <v>128143.6</v>
+      </c>
+      <c r="D33" s="118">
+        <v>123688</v>
+      </c>
+      <c r="E33" s="118">
+        <v>133617</v>
+      </c>
+      <c r="F33" s="118">
+        <v>130109.7</v>
+      </c>
+      <c r="G33" s="118">
+        <v>129107.3</v>
+      </c>
+      <c r="H33" s="118">
+        <v>129501.9</v>
+      </c>
+      <c r="I33" s="118">
+        <v>130176.1</v>
+      </c>
+      <c r="J33" s="118">
+        <v>114285.2</v>
+      </c>
+      <c r="K33" s="118">
+        <v>136837.5</v>
+      </c>
+      <c r="L33" s="118">
+        <v>145172</v>
+      </c>
+      <c r="M33" s="118">
+        <v>132933</v>
+      </c>
+      <c r="N33" s="127">
+        <v>119886.8</v>
       </c>
       <c r="O33" s="90" t="s">
         <v>1</v>
       </c>
-      <c r="P33" s="96" t="s">
+      <c r="P33" s="95" t="s">
         <v>24</v>
       </c>
-      <c r="Q33" s="106"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="Q33" s="105"/>
+    </row>
+    <row r="34" spans="1:103" s="106" customFormat="1" ht="15" customHeight="1">
       <c r="A34" s="88"/>
       <c r="B34" s="89" t="s">
         <v>2</v>
       </c>
-      <c r="C34" s="134">
-[...29 lines deleted...]
-      <c r="M34" s="119" t="s">
+      <c r="C34" s="126" t="s">
         <v>78</v>
       </c>
-      <c r="N34" s="135"/>
+      <c r="D34" s="118"/>
+      <c r="E34" s="118"/>
+      <c r="F34" s="118"/>
+      <c r="G34" s="118"/>
+      <c r="H34" s="118"/>
+      <c r="I34" s="118"/>
+      <c r="J34" s="118"/>
+      <c r="K34" s="118"/>
+      <c r="L34" s="118"/>
+      <c r="M34" s="118"/>
+      <c r="N34" s="127"/>
       <c r="O34" s="90" t="s">
         <v>2</v>
       </c>
-      <c r="P34" s="96"/>
-[...2 lines deleted...]
-    <row r="35" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P34" s="95"/>
+      <c r="Q34" s="105"/>
+    </row>
+    <row r="35" spans="1:103" s="106" customFormat="1" ht="15" customHeight="1">
       <c r="A35" s="88" t="s">
         <v>14</v>
       </c>
       <c r="B35" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="C35" s="134">
-[...33 lines deleted...]
-        <v>119441</v>
+      <c r="C35" s="140">
+        <v>129924.6</v>
+      </c>
+      <c r="D35" s="140">
+        <v>124598</v>
+      </c>
+      <c r="E35" s="140">
+        <v>136985</v>
+      </c>
+      <c r="F35" s="140">
+        <v>133238.9</v>
+      </c>
+      <c r="G35" s="140">
+        <v>132935.1</v>
+      </c>
+      <c r="H35" s="140">
+        <v>128274.9</v>
+      </c>
+      <c r="I35" s="140">
+        <v>131319.79999999999</v>
+      </c>
+      <c r="J35" s="140">
+        <v>120638.9</v>
+      </c>
+      <c r="K35" s="140">
+        <v>137760.29999999999</v>
+      </c>
+      <c r="L35" s="140">
+        <v>143456.70000000001</v>
+      </c>
+      <c r="M35" s="140">
+        <v>133555</v>
+      </c>
+      <c r="N35" s="127">
+        <v>127025</v>
       </c>
       <c r="O35" s="90" t="s">
         <v>1</v>
       </c>
-      <c r="P35" s="96" t="s">
+      <c r="P35" s="95" t="s">
         <v>25</v>
       </c>
-      <c r="Q35" s="106"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="Q35" s="105"/>
+    </row>
+    <row r="36" spans="1:103" s="106" customFormat="1" ht="15" customHeight="1">
       <c r="A36" s="88"/>
       <c r="B36" s="89" t="s">
         <v>2</v>
       </c>
-      <c r="C36" s="134">
-[...29 lines deleted...]
-      <c r="M36" s="119" t="s">
+      <c r="C36" s="141" t="s">
         <v>78</v>
       </c>
-      <c r="N36" s="135"/>
+      <c r="D36" s="136"/>
+      <c r="E36" s="136"/>
+      <c r="F36" s="136"/>
+      <c r="G36" s="136"/>
+      <c r="H36" s="136"/>
+      <c r="I36" s="136"/>
+      <c r="J36" s="136"/>
+      <c r="K36" s="136"/>
+      <c r="L36" s="136"/>
+      <c r="M36" s="136"/>
+      <c r="N36" s="127"/>
       <c r="O36" s="90" t="s">
         <v>2</v>
       </c>
-      <c r="P36" s="96"/>
-[...2 lines deleted...]
-    <row r="37" spans="1:103" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P36" s="95"/>
+      <c r="Q36" s="105"/>
+    </row>
+    <row r="37" spans="1:103" s="106" customFormat="1" ht="15" customHeight="1">
       <c r="A37" s="88" t="s">
         <v>15</v>
       </c>
       <c r="B37" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="C37" s="134">
-[...33 lines deleted...]
-        <v>-6025.2</v>
+      <c r="C37" s="136">
+        <v>-1780.9</v>
+      </c>
+      <c r="D37" s="136">
+        <v>-909.9</v>
+      </c>
+      <c r="E37" s="136">
+        <v>-3368</v>
+      </c>
+      <c r="F37" s="136">
+        <v>-3129.2</v>
+      </c>
+      <c r="G37" s="136">
+        <v>-3827.8</v>
+      </c>
+      <c r="H37" s="136">
+        <v>1227</v>
+      </c>
+      <c r="I37" s="136">
+        <v>-1143.7</v>
+      </c>
+      <c r="J37" s="136">
+        <v>-6353.8</v>
+      </c>
+      <c r="K37" s="136">
+        <v>-922.8</v>
+      </c>
+      <c r="L37" s="136">
+        <v>1715.3</v>
+      </c>
+      <c r="M37" s="136">
+        <v>-622</v>
+      </c>
+      <c r="N37" s="127">
+        <v>-7138.2</v>
       </c>
       <c r="O37" s="90" t="s">
         <v>1</v>
       </c>
-      <c r="P37" s="96" t="s">
+      <c r="P37" s="95" t="s">
         <v>26</v>
       </c>
-      <c r="Q37" s="106"/>
-[...1 lines deleted...]
-    <row r="38" spans="1:103" s="110" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="Q37" s="105"/>
+    </row>
+    <row r="38" spans="1:103" s="109" customFormat="1" ht="15" customHeight="1">
       <c r="A38" s="88"/>
       <c r="B38" s="89" t="s">
         <v>2</v>
       </c>
-      <c r="C38" s="134">
-[...29 lines deleted...]
-      <c r="M38" s="119" t="s">
+      <c r="C38" s="141" t="s">
         <v>78</v>
       </c>
-      <c r="N38" s="135"/>
-[...147 lines deleted...]
-      <c r="Q42" s="111"/>
+      <c r="D38" s="136"/>
+      <c r="E38" s="136"/>
+      <c r="F38" s="136"/>
+      <c r="G38" s="136"/>
+      <c r="H38" s="136"/>
+      <c r="I38" s="136"/>
+      <c r="J38" s="136"/>
+      <c r="K38" s="136"/>
+      <c r="L38" s="136"/>
+      <c r="M38" s="136"/>
+      <c r="N38" s="127"/>
+      <c r="O38" s="107" t="s">
+        <v>2</v>
+      </c>
+      <c r="P38" s="108"/>
+      <c r="Q38" s="105"/>
+      <c r="R38" s="106"/>
+      <c r="S38" s="106"/>
+      <c r="T38" s="106"/>
+      <c r="U38" s="106"/>
+      <c r="V38" s="106"/>
+      <c r="W38" s="106"/>
+      <c r="X38" s="106"/>
+      <c r="Y38" s="106"/>
+      <c r="Z38" s="106"/>
+      <c r="AA38" s="106"/>
+      <c r="AB38" s="106"/>
+      <c r="AC38" s="106"/>
+      <c r="AD38" s="106"/>
+      <c r="AE38" s="106"/>
+      <c r="AF38" s="106"/>
+      <c r="AG38" s="106"/>
+      <c r="AH38" s="106"/>
+      <c r="AI38" s="106"/>
+      <c r="AJ38" s="106"/>
+      <c r="AK38" s="106"/>
+      <c r="AL38" s="106"/>
+      <c r="AM38" s="106"/>
+      <c r="AN38" s="106"/>
+      <c r="AO38" s="106"/>
+      <c r="AP38" s="106"/>
+      <c r="AQ38" s="106"/>
+      <c r="AR38" s="106"/>
+      <c r="AS38" s="106"/>
+      <c r="AT38" s="106"/>
+      <c r="AU38" s="106"/>
+      <c r="AV38" s="106"/>
+      <c r="AW38" s="106"/>
+      <c r="AX38" s="106"/>
+      <c r="AY38" s="106"/>
+      <c r="AZ38" s="106"/>
+      <c r="BA38" s="106"/>
+      <c r="BB38" s="106"/>
+      <c r="BC38" s="106"/>
+      <c r="BD38" s="106"/>
+      <c r="BE38" s="106"/>
+      <c r="BF38" s="106"/>
+      <c r="BG38" s="106"/>
+      <c r="BH38" s="106"/>
+      <c r="BI38" s="106"/>
+      <c r="BJ38" s="106"/>
+      <c r="BK38" s="106"/>
+      <c r="BL38" s="106"/>
+      <c r="BM38" s="106"/>
+      <c r="BN38" s="106"/>
+      <c r="BO38" s="106"/>
+      <c r="BP38" s="106"/>
+      <c r="BQ38" s="106"/>
+      <c r="BR38" s="106"/>
+      <c r="BS38" s="106"/>
+      <c r="BT38" s="106"/>
+      <c r="BU38" s="106"/>
+      <c r="BV38" s="106"/>
+      <c r="BW38" s="106"/>
+      <c r="BX38" s="106"/>
+      <c r="BY38" s="106"/>
+      <c r="BZ38" s="106"/>
+      <c r="CA38" s="106"/>
+      <c r="CB38" s="106"/>
+      <c r="CC38" s="106"/>
+      <c r="CD38" s="106"/>
+      <c r="CE38" s="106"/>
+      <c r="CF38" s="106"/>
+      <c r="CG38" s="106"/>
+      <c r="CH38" s="106"/>
+      <c r="CI38" s="106"/>
+      <c r="CJ38" s="106"/>
+      <c r="CK38" s="106"/>
+      <c r="CL38" s="106"/>
+      <c r="CM38" s="106"/>
+      <c r="CN38" s="106"/>
+      <c r="CO38" s="106"/>
+      <c r="CP38" s="106"/>
+      <c r="CQ38" s="106"/>
+      <c r="CR38" s="106"/>
+      <c r="CS38" s="106"/>
+      <c r="CT38" s="106"/>
+      <c r="CU38" s="106"/>
+      <c r="CV38" s="106"/>
+      <c r="CW38" s="106"/>
+      <c r="CX38" s="106"/>
+      <c r="CY38" s="106"/>
+    </row>
+    <row r="39" spans="1:103" s="106" customFormat="1" ht="36" customHeight="1">
+      <c r="A39" s="143" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" s="143"/>
+      <c r="C39" s="143"/>
+      <c r="D39" s="143"/>
+      <c r="E39" s="143"/>
+      <c r="F39" s="143"/>
+      <c r="G39" s="143"/>
+      <c r="H39" s="143"/>
+      <c r="I39" s="143"/>
+      <c r="J39" s="143"/>
+      <c r="K39" s="143"/>
+      <c r="L39" s="143"/>
+      <c r="M39" s="143"/>
+      <c r="N39" s="143"/>
+      <c r="O39" s="143"/>
+      <c r="P39" s="143"/>
+      <c r="Q39" s="110"/>
+    </row>
+    <row r="40" spans="1:103" s="112" customFormat="1" ht="27" customHeight="1">
+      <c r="A40" s="144" t="s">
+        <v>81</v>
+      </c>
+      <c r="B40" s="144"/>
+      <c r="C40" s="144"/>
+      <c r="D40" s="144"/>
+      <c r="E40" s="144"/>
+      <c r="F40" s="144"/>
+      <c r="G40" s="144"/>
+      <c r="H40" s="144"/>
+      <c r="I40" s="144"/>
+      <c r="J40" s="144"/>
+      <c r="K40" s="144"/>
+      <c r="L40" s="144"/>
+      <c r="M40" s="144"/>
+      <c r="N40" s="144"/>
+      <c r="O40" s="144"/>
+      <c r="P40" s="144"/>
+      <c r="Q40" s="111"/>
+    </row>
+    <row r="41" spans="1:103" s="106" customFormat="1">
+      <c r="C41" s="113"/>
+      <c r="D41" s="113"/>
+      <c r="E41" s="113"/>
+      <c r="F41" s="113"/>
+      <c r="G41" s="113"/>
+      <c r="H41" s="113"/>
+      <c r="I41" s="113"/>
+      <c r="J41" s="113"/>
+      <c r="Q41" s="110"/>
+    </row>
+    <row r="42" spans="1:103" s="106" customFormat="1">
+      <c r="L42" s="113"/>
+      <c r="Q42" s="110"/>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{A578F7BB-0D65-472D-B175-8659FD2A3112}" topLeftCell="A15">
       <selection activeCell="N23" sqref="N23"/>
       <colBreaks count="1" manualBreakCount="1">
         <brk id="16" max="1048575" man="1"/>
       </colBreaks>
       <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
       <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="2">
     <mergeCell ref="A39:P39"/>
     <mergeCell ref="A40:P40"/>
   </mergeCells>
   <pageMargins left="0.19685039370078741" right="3.937007874015748E-2" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId2"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="16" max="1048575" man="1"/>
   </colBreaks>
+  <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Strona 1</vt:lpstr>
       <vt:lpstr>Strona 2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>